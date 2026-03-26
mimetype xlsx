--- v0 (2026-02-04)
+++ v1 (2026-03-26)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="47">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>INDICAÇÃO nº 2 de 2026</t>
   </si>
   <si>
@@ -84,69 +84,72 @@
   <si>
     <t>Alexsandro de Almeida Nardy</t>
   </si>
   <si>
     <t>1 – Que seja providenciada, construção de uma guarita (ponto de ônibus coberto) na estrada de acesso à Comunidade do Serrote, em ponto situado próximo ao entroncamento com a BR-267.</t>
   </si>
   <si>
     <t>INDICAÇÃO nº 5 de 2026</t>
   </si>
   <si>
     <t>Ana Claudia Gomes</t>
   </si>
   <si>
     <t>Que seja providenciada a extensão da rede de iluminação pública na Rua Benedito José de Oliveira, neste Município, com a instalação de postes e luminárias adequadas, conforme normas técnicas vigentes.</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA nº 91 de 2025</t>
   </si>
   <si>
     <t>José Francisco Matos e Silva - PREFEITO MUNICIPAL</t>
   </si>
   <si>
     <t>Dispõe sobre a responsabilização de tutores por animais de grande porte em vias públicas no município de Bom Jardim de Minas e da outras providências</t>
   </si>
   <si>
+    <t>Matéria inclusa na Ordem do Dia</t>
+  </si>
+  <si>
     <t>EMENDA nº 134 de 2025</t>
   </si>
   <si>
     <t>CLJR - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
     <t>Emenda 01 ao PLO nº 91/2025 (Modificativa): "Altera a redação do § 4º do art. 3º do prpjeto"</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA nº 2 de 2026</t>
   </si>
   <si>
     <t>Denomina como "Espaço Educacional "Professor Júlio Maciel" o imóvel existente na Avenida Governador Valadares, nº 85, bairro Centro, neste Município.</t>
   </si>
   <si>
-    <t>Aguardando inclusão no Expediente do Dia</t>
+    <t>Matéria inclusa no Expediente do Dia</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA nº 3 de 2026</t>
   </si>
   <si>
     <t>Autoriza a utilização do superávit financeiro apurado no Balanço Patrimonial do exercício anterior como fonte de recursos para abertura de Créditos Adicionais Suplementares no exercício de 2026.</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA nº 4 de 2026</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização do Piso Salarial dos Agentes Comunitários de Saúde e Agentes de Combate às Endemias.</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA nº 5 de 2026</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão salarial anual dos servidores e agentes políticos do Poder Executivo do Munícipio de Bom Jardim de Minas.</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA nº 6 de 2026</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização do Piso Salarial dos Profissionais do Magistério do Município de Bom Jardim de Minas.</t>
   </si>
@@ -494,51 +497,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="38.140625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="47.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="252.42578125" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="38.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="35.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
         <v>2739</v>
@@ -614,231 +617,231 @@
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
         <v>2689</v>
       </c>
       <c r="B6" t="s">
         <v>6</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
         <v>2708</v>
       </c>
       <c r="B7" t="s">
         <v>6</v>
       </c>
       <c r="C7" t="s">
+        <v>25</v>
+      </c>
+      <c r="D7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E7" t="s">
+        <v>27</v>
+      </c>
+      <c r="F7" t="s">
         <v>24</v>
-      </c>
-[...7 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
         <v>2740</v>
       </c>
       <c r="B8" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C8" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F8" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
         <v>2741</v>
       </c>
       <c r="B9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C9" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F9" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
         <v>2746</v>
       </c>
       <c r="B10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D10" t="s">
         <v>22</v>
       </c>
       <c r="E10" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F10" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
         <v>2747</v>
       </c>
       <c r="B11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C11" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D11" t="s">
         <v>22</v>
       </c>
       <c r="E11" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
         <v>2748</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D12" t="s">
         <v>22</v>
       </c>
       <c r="E12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
         <v>2753</v>
       </c>
       <c r="B13" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C13" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D13" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E13" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F13" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
         <v>2728</v>
       </c>
       <c r="B14" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C14" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D14" t="s">
         <v>22</v>
       </c>
       <c r="E14" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F14" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
         <v>2754</v>
       </c>
       <c r="B15" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F15" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>