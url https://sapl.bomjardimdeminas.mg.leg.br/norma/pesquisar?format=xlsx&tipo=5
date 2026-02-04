--- v0 (2025-12-08)
+++ v1 (2026-02-04)
@@ -10,88 +10,124 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="350" uniqueCount="186">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="371" uniqueCount="195">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>1479</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>RES</t>
+  </si>
+  <si>
+    <t>RESOLUÇÃO</t>
+  </si>
+  <si>
+    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1479/resolucao_08-2025..pdf</t>
+  </si>
+  <si>
+    <t>Disciplina o pagamento de despesas através do regime de adiantamento para despesas de pronto pagamento e estabelece normas para a respectiva prestação de contas.</t>
+  </si>
+  <si>
+    <t>1478</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1478/resolucao_07-2025..pdf</t>
+  </si>
+  <si>
+    <t>Institui o prêmio "Educador nota 10" da Câmara Municipal de Bom Jardim de Minas.</t>
+  </si>
+  <si>
+    <t>1477</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1477/resolucao_06-2025..pdf</t>
+  </si>
+  <si>
+    <t>"Altera o art. 151 do Regimento Interno".</t>
+  </si>
+  <si>
     <t>1423</t>
   </si>
   <si>
-    <t>2025</t>
-[...1 lines deleted...]
-  <si>
     <t>5</t>
   </si>
   <si>
-    <t>RES</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1423/resolucao_n_05-2025.pdf</t>
   </si>
   <si>
     <t>Revoga a Resolução nº 01, de 2024, que autoriza a filiação da Câmara Municipal de Bom Jardim de Minas - MG à Associação das Câmaras Municipais e Vereadores - ACAM e dá outras providências.</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1376/resolucao_04_2025..pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos do Regimento Interno da Câmara Municipal de Bom Jardim de Minas e dá outras providências".</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1365/resolucao_3_c-2025..pdf</t>
@@ -108,65 +144,59 @@
   <si>
     <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1364/resolucao_02-2025..pdf</t>
   </si>
   <si>
     <t>"Institui a política de reembolso dentro da Câmara Municipal de Bom Jardim de Minas e dá outras providências."</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1363/resolucao_01-2025..pdf</t>
   </si>
   <si>
     <t>“Altera o teor do artigo 28 do Regimento Interno desta Casa e dá outras providências”.</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
-    <t>7</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1359/resolucao_7-2024.pdf</t>
   </si>
   <si>
     <t>INSTITUI O NOVO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE BOM JARDIM DE MINAS.</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
-    <t>6</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1349/resolucao_06-2024..pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE BOM JARDIM DE MINAS RELATIVA AO EXERCÍCIO DE 2023.</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
     <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1348/resolucao_05-2024..pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ADMINISTRAÇÃO, DEFINIÇÃO DE CONCEITOS E PROCEDIMENTOS PARA LEVANTAMENTO DE INVENTÁRIO, INCORPORAÇÃO, BAIXA E CONTROLE DOS BENS PATRIMONIAIS DA CÂMARA MUNICIPAL DE BOM JARDIM DE MINAS.</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
     <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1341/resolucao_04.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE BOM JARDIM DE MINAS RELATIVAS AO EXERCÍCIO DE 2021.</t>
   </si>
   <si>
     <t>1293</t>
@@ -433,53 +463,50 @@
     <t>10</t>
   </si>
   <si>
     <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/175/resolucao_10-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a realização de estágios na Câmara Municipal</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/174/resolucao_09-2018.pdf</t>
   </si>
   <si>
     <t>Institui o projeto Câmara Itinerante na Câmara Municipal de Bom Jardim de Minas</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>2017</t>
-  </si>
-[...1 lines deleted...]
-    <t>8</t>
   </si>
   <si>
     <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/173/resolucao_08-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Tribuna Livre na Câmara de Bom Jardim de Minas</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/172/resolucao_07-2017.pdf</t>
   </si>
   <si>
     <t>Dá denominação `Escola do Legislativo da Câmara Municipal de Bom Jardim de Minas</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/171/resolucao_06-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a mudança de sede da Câmara Municipal de Bom Jardim de Minas</t>
   </si>
@@ -915,56 +942,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1423/resolucao_n_05-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1376/resolucao_04_2025..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1365/resolucao_3_c-2025..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1364/resolucao_02-2025..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1363/resolucao_01-2025..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1359/resolucao_7-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1349/resolucao_06-2024..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1348/resolucao_05-2024..pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1341/resolucao_04.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1293/resolucao_03-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1292/resolucao_02-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1291/resolucao_01-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1220/resolucao_04-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1209/resolucao_03-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1206/resolucao_02-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1194/resolucao_01-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/1181/resolucao_02-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/1117/resolucao_01.2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/1070/resolucao_05-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/1045/resolucao_04-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/1040/resolucao_03-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/1039/resolucao_02-2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/1038/resolucao_01-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/735/resolucao-0005-2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/240/resolucao-0004-2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/239/resolucao-0003-2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/736/resolucao-0002-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/6/resolucao-0001-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/181/resolucao_16-2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/180/resolucao_15-2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/179/resolucao_14-2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/178/resolucao_13-2018.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/177/resolucao_12-2018.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/176/resolucao_11-2018.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/175/resolucao_10-2018.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/174/resolucao_09-2018.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/173/resolucao_08-2017.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/172/resolucao_07-2017.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/171/resolucao_06-2017.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/170/resolucao_05-2017.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/169/resolucao_04-2017.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/168/resolucao_03-2017.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/167/resolucao_02-2017.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/166/resolucao_01-2017.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/729/resolucao_01-2016.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/728/resolucao_01-2014.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/727/resolucao_01-2013.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/1393/res_02-2009_criacao_da_ouvidoria.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/730/regimento_interno_da_camara_resolucao_31-1992_formatado_revisado_e_emendado.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1479/resolucao_08-2025..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1478/resolucao_07-2025..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1477/resolucao_06-2025..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1423/resolucao_n_05-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1376/resolucao_04_2025..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1365/resolucao_3_c-2025..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1364/resolucao_02-2025..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1363/resolucao_01-2025..pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1359/resolucao_7-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1349/resolucao_06-2024..pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1348/resolucao_05-2024..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1341/resolucao_04.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1293/resolucao_03-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1292/resolucao_02-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1291/resolucao_01-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1220/resolucao_04-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1209/resolucao_03-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1206/resolucao_02-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1194/resolucao_01-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/1181/resolucao_02-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/1117/resolucao_01.2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/1070/resolucao_05-2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/1045/resolucao_04-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/1040/resolucao_03-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/1039/resolucao_02-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/1038/resolucao_01-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/735/resolucao-0005-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/240/resolucao-0004-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/239/resolucao-0003-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/736/resolucao-0002-2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/6/resolucao-0001-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/181/resolucao_16-2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/180/resolucao_15-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/179/resolucao_14-2018.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/178/resolucao_13-2018.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/177/resolucao_12-2018.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/176/resolucao_11-2018.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/175/resolucao_10-2018.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2018/174/resolucao_09-2018.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/173/resolucao_08-2017.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/172/resolucao_07-2017.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/171/resolucao_06-2017.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/170/resolucao_05-2017.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/169/resolucao_04-2017.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/168/resolucao_03-2017.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/167/resolucao_02-2017.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2017/166/resolucao_01-2017.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/729/resolucao_01-2016.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/728/resolucao_01-2014.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2013/727/resolucao_01-2013.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/1393/res_02-2009_criacao_da_ouvidoria.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/1992/730/regimento_interno_da_camara_resolucao_31-1992_formatado_revisado_e_emendado.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G50"/>
+  <dimension ref="A1:G53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="157.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="242.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1077,1055 +1104,1124 @@
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" t="s">
         <v>27</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>30</v>
       </c>
       <c r="B7" t="s">
+        <v>8</v>
+      </c>
+      <c r="C7" t="s">
         <v>31</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F7" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="D7" t="s">
-[...5 lines deleted...]
-      <c r="F7" s="1" t="s">
+      <c r="G7" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
+        <v>34</v>
+      </c>
+      <c r="B8" t="s">
+        <v>8</v>
+      </c>
+      <c r="C8" t="s">
         <v>35</v>
       </c>
-      <c r="B8" t="s">
-[...2 lines deleted...]
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>10</v>
+      </c>
+      <c r="E8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F8" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="D8" t="s">
-[...5 lines deleted...]
-      <c r="F8" s="1" t="s">
+      <c r="G8" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" t="s">
+        <v>8</v>
+      </c>
+      <c r="C9" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>40</v>
       </c>
       <c r="G9" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>42</v>
       </c>
       <c r="B10" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="C10" t="s">
         <v>15</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G10" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B11" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="C11" t="s">
         <v>19</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G11" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B12" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="C12" t="s">
         <v>23</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G12" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B13" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="C13" t="s">
         <v>27</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G13" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B14" t="s">
-        <v>55</v>
+        <v>43</v>
       </c>
       <c r="C14" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>56</v>
       </c>
       <c r="G14" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>58</v>
       </c>
       <c r="B15" t="s">
-        <v>55</v>
+        <v>43</v>
       </c>
       <c r="C15" t="s">
-        <v>19</v>
+        <v>35</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>59</v>
       </c>
       <c r="G15" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>61</v>
       </c>
       <c r="B16" t="s">
-        <v>55</v>
+        <v>43</v>
       </c>
       <c r="C16" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>62</v>
       </c>
       <c r="G16" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>64</v>
       </c>
       <c r="B17" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="C17" t="s">
         <v>27</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G17" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B18" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="C18" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>69</v>
       </c>
       <c r="G18" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>71</v>
       </c>
       <c r="B19" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="C19" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>72</v>
       </c>
       <c r="G19" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>74</v>
       </c>
       <c r="B20" t="s">
+        <v>65</v>
+      </c>
+      <c r="C20" t="s">
+        <v>39</v>
+      </c>
+      <c r="D20" t="s">
+        <v>10</v>
+      </c>
+      <c r="E20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F20" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="C20" t="s">
-[...8 lines deleted...]
-      <c r="F20" s="1" t="s">
+      <c r="G20" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
+        <v>77</v>
+      </c>
+      <c r="B21" t="s">
         <v>78</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21" t="s">
         <v>11</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>79</v>
       </c>
       <c r="G21" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>81</v>
       </c>
       <c r="B22" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C22" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>82</v>
       </c>
       <c r="G22" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>84</v>
       </c>
       <c r="B23" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="C23" t="s">
         <v>23</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
         <v>11</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G23" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B24" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="C24" t="s">
         <v>27</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="G24" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B25" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="C25" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
         <v>11</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>92</v>
       </c>
       <c r="G25" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>94</v>
       </c>
       <c r="B26" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="C26" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>95</v>
       </c>
       <c r="G26" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>97</v>
       </c>
       <c r="B27" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="C27" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>98</v>
       </c>
       <c r="G27" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>100</v>
       </c>
       <c r="B28" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="C28" t="s">
         <v>23</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="G28" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>36</v>
+        <v>104</v>
       </c>
       <c r="B29" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="C29" t="s">
         <v>27</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="G29" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B30" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="C30" t="s">
-        <v>107</v>
+        <v>31</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
         <v>11</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>108</v>
       </c>
       <c r="G30" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>110</v>
       </c>
       <c r="B31" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="C31" t="s">
+        <v>35</v>
+      </c>
+      <c r="D31" t="s">
+        <v>10</v>
+      </c>
+      <c r="E31" t="s">
+        <v>11</v>
+      </c>
+      <c r="F31" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="D31" t="s">
-[...5 lines deleted...]
-      <c r="F31" s="1" t="s">
+      <c r="G31" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
+        <v>19</v>
+      </c>
+      <c r="B32" t="s">
+        <v>101</v>
+      </c>
+      <c r="C32" t="s">
+        <v>39</v>
+      </c>
+      <c r="D32" t="s">
+        <v>10</v>
+      </c>
+      <c r="E32" t="s">
+        <v>11</v>
+      </c>
+      <c r="F32" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="G32" t="s">
         <v>114</v>
-      </c>
-[...16 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
+        <v>115</v>
+      </c>
+      <c r="B33" t="s">
+        <v>116</v>
+      </c>
+      <c r="C33" t="s">
+        <v>117</v>
+      </c>
+      <c r="D33" t="s">
+        <v>10</v>
+      </c>
+      <c r="E33" t="s">
+        <v>11</v>
+      </c>
+      <c r="F33" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="G33" t="s">
         <v>119</v>
-      </c>
-[...16 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
+        <v>120</v>
+      </c>
+      <c r="B34" t="s">
+        <v>116</v>
+      </c>
+      <c r="C34" t="s">
+        <v>121</v>
+      </c>
+      <c r="D34" t="s">
+        <v>10</v>
+      </c>
+      <c r="E34" t="s">
+        <v>11</v>
+      </c>
+      <c r="F34" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="G34" t="s">
         <v>123</v>
-      </c>
-[...16 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
+        <v>124</v>
+      </c>
+      <c r="B35" t="s">
+        <v>125</v>
+      </c>
+      <c r="C35" t="s">
+        <v>126</v>
+      </c>
+      <c r="D35" t="s">
+        <v>10</v>
+      </c>
+      <c r="E35" t="s">
+        <v>11</v>
+      </c>
+      <c r="F35" s="1" t="s">
         <v>127</v>
       </c>
-      <c r="B35" t="s">
-[...2 lines deleted...]
-      <c r="C35" t="s">
+      <c r="G35" t="s">
         <v>128</v>
-      </c>
-[...10 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
+        <v>129</v>
+      </c>
+      <c r="B36" t="s">
+        <v>125</v>
+      </c>
+      <c r="C36" t="s">
+        <v>130</v>
+      </c>
+      <c r="D36" t="s">
+        <v>10</v>
+      </c>
+      <c r="E36" t="s">
+        <v>11</v>
+      </c>
+      <c r="F36" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="B36" t="s">
-[...2 lines deleted...]
-      <c r="C36" t="s">
+      <c r="G36" t="s">
         <v>132</v>
-      </c>
-[...10 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
+        <v>133</v>
+      </c>
+      <c r="B37" t="s">
+        <v>125</v>
+      </c>
+      <c r="C37" t="s">
+        <v>134</v>
+      </c>
+      <c r="D37" t="s">
+        <v>10</v>
+      </c>
+      <c r="E37" t="s">
+        <v>11</v>
+      </c>
+      <c r="F37" s="1" t="s">
         <v>135</v>
       </c>
-      <c r="B37" t="s">
-[...2 lines deleted...]
-      <c r="C37" t="s">
+      <c r="G37" t="s">
         <v>136</v>
-      </c>
-[...10 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
+        <v>137</v>
+      </c>
+      <c r="B38" t="s">
+        <v>125</v>
+      </c>
+      <c r="C38" t="s">
+        <v>138</v>
+      </c>
+      <c r="D38" t="s">
+        <v>10</v>
+      </c>
+      <c r="E38" t="s">
+        <v>11</v>
+      </c>
+      <c r="F38" s="1" t="s">
         <v>139</v>
       </c>
-      <c r="B38" t="s">
+      <c r="G38" t="s">
         <v>140</v>
-      </c>
-[...13 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
+        <v>141</v>
+      </c>
+      <c r="B39" t="s">
+        <v>125</v>
+      </c>
+      <c r="C39" t="s">
+        <v>142</v>
+      </c>
+      <c r="D39" t="s">
+        <v>10</v>
+      </c>
+      <c r="E39" t="s">
+        <v>11</v>
+      </c>
+      <c r="F39" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="G39" t="s">
         <v>144</v>
-      </c>
-[...16 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
+        <v>145</v>
+      </c>
+      <c r="B40" t="s">
+        <v>125</v>
+      </c>
+      <c r="C40" t="s">
+        <v>146</v>
+      </c>
+      <c r="D40" t="s">
+        <v>10</v>
+      </c>
+      <c r="E40" t="s">
+        <v>11</v>
+      </c>
+      <c r="F40" s="1" t="s">
         <v>147</v>
       </c>
-      <c r="B40" t="s">
-[...11 lines deleted...]
-      <c r="F40" s="1" t="s">
+      <c r="G40" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>149</v>
+      </c>
+      <c r="B41" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="C41" t="s">
         <v>9</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
         <v>11</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>151</v>
       </c>
       <c r="G41" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>153</v>
       </c>
       <c r="B42" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="C42" t="s">
         <v>15</v>
       </c>
       <c r="D42" t="s">
         <v>10</v>
       </c>
       <c r="E42" t="s">
         <v>11</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>154</v>
       </c>
       <c r="G42" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>156</v>
       </c>
       <c r="B43" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="C43" t="s">
         <v>19</v>
       </c>
       <c r="D43" t="s">
         <v>10</v>
       </c>
       <c r="E43" t="s">
         <v>11</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>157</v>
       </c>
       <c r="G43" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>159</v>
       </c>
       <c r="B44" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="C44" t="s">
         <v>23</v>
       </c>
       <c r="D44" t="s">
         <v>10</v>
       </c>
       <c r="E44" t="s">
         <v>11</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>160</v>
       </c>
       <c r="G44" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>162</v>
       </c>
       <c r="B45" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="C45" t="s">
         <v>27</v>
       </c>
       <c r="D45" t="s">
         <v>10</v>
       </c>
       <c r="E45" t="s">
         <v>11</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>163</v>
       </c>
       <c r="G45" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>165</v>
       </c>
       <c r="B46" t="s">
+        <v>150</v>
+      </c>
+      <c r="C46" t="s">
+        <v>31</v>
+      </c>
+      <c r="D46" t="s">
+        <v>10</v>
+      </c>
+      <c r="E46" t="s">
+        <v>11</v>
+      </c>
+      <c r="F46" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="C46" t="s">
-[...8 lines deleted...]
-      <c r="F46" s="1" t="s">
+      <c r="G46" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
+        <v>168</v>
+      </c>
+      <c r="B47" t="s">
+        <v>150</v>
+      </c>
+      <c r="C47" t="s">
+        <v>35</v>
+      </c>
+      <c r="D47" t="s">
+        <v>10</v>
+      </c>
+      <c r="E47" t="s">
+        <v>11</v>
+      </c>
+      <c r="F47" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="B47" t="s">
+      <c r="G47" t="s">
         <v>170</v>
-      </c>
-[...13 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
+        <v>171</v>
+      </c>
+      <c r="B48" t="s">
+        <v>150</v>
+      </c>
+      <c r="C48" t="s">
+        <v>39</v>
+      </c>
+      <c r="D48" t="s">
+        <v>10</v>
+      </c>
+      <c r="E48" t="s">
+        <v>11</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="G48" t="s">
         <v>173</v>
-      </c>
-[...16 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
+        <v>174</v>
+      </c>
+      <c r="B49" t="s">
+        <v>175</v>
+      </c>
+      <c r="C49" t="s">
+        <v>39</v>
+      </c>
+      <c r="D49" t="s">
+        <v>10</v>
+      </c>
+      <c r="E49" t="s">
+        <v>11</v>
+      </c>
+      <c r="F49" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="G49" t="s">
         <v>177</v>
-      </c>
-[...16 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
+        <v>178</v>
+      </c>
+      <c r="B50" t="s">
+        <v>179</v>
+      </c>
+      <c r="C50" t="s">
+        <v>39</v>
+      </c>
+      <c r="D50" t="s">
+        <v>10</v>
+      </c>
+      <c r="E50" t="s">
+        <v>11</v>
+      </c>
+      <c r="F50" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="G50" t="s">
         <v>181</v>
       </c>
-      <c r="B50" t="s">
+    </row>
+    <row r="51" spans="1:7">
+      <c r="A51" t="s">
         <v>182</v>
       </c>
-      <c r="C50" t="s">
+      <c r="B51" t="s">
         <v>183</v>
       </c>
-      <c r="D50" t="s">
-[...5 lines deleted...]
-      <c r="F50" s="1" t="s">
+      <c r="C51" t="s">
+        <v>39</v>
+      </c>
+      <c r="D51" t="s">
+        <v>10</v>
+      </c>
+      <c r="E51" t="s">
+        <v>11</v>
+      </c>
+      <c r="F51" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="G50" t="s">
+      <c r="G51" t="s">
         <v>185</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7">
+      <c r="A52" t="s">
+        <v>186</v>
+      </c>
+      <c r="B52" t="s">
+        <v>187</v>
+      </c>
+      <c r="C52" t="s">
+        <v>35</v>
+      </c>
+      <c r="D52" t="s">
+        <v>10</v>
+      </c>
+      <c r="E52" t="s">
+        <v>11</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="G52" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7">
+      <c r="A53" t="s">
+        <v>190</v>
+      </c>
+      <c r="B53" t="s">
+        <v>191</v>
+      </c>
+      <c r="C53" t="s">
+        <v>192</v>
+      </c>
+      <c r="D53" t="s">
+        <v>10</v>
+      </c>
+      <c r="E53" t="s">
+        <v>11</v>
+      </c>
+      <c r="F53" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="G53" t="s">
+        <v>194</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -2135,50 +2231,53 @@
     <hyperlink ref="F26" r:id="rId25"/>
     <hyperlink ref="F27" r:id="rId26"/>
     <hyperlink ref="F28" r:id="rId27"/>
     <hyperlink ref="F29" r:id="rId28"/>
     <hyperlink ref="F30" r:id="rId29"/>
     <hyperlink ref="F31" r:id="rId30"/>
     <hyperlink ref="F32" r:id="rId31"/>
     <hyperlink ref="F33" r:id="rId32"/>
     <hyperlink ref="F34" r:id="rId33"/>
     <hyperlink ref="F35" r:id="rId34"/>
     <hyperlink ref="F36" r:id="rId35"/>
     <hyperlink ref="F37" r:id="rId36"/>
     <hyperlink ref="F38" r:id="rId37"/>
     <hyperlink ref="F39" r:id="rId38"/>
     <hyperlink ref="F40" r:id="rId39"/>
     <hyperlink ref="F41" r:id="rId40"/>
     <hyperlink ref="F42" r:id="rId41"/>
     <hyperlink ref="F43" r:id="rId42"/>
     <hyperlink ref="F44" r:id="rId43"/>
     <hyperlink ref="F45" r:id="rId44"/>
     <hyperlink ref="F46" r:id="rId45"/>
     <hyperlink ref="F47" r:id="rId46"/>
     <hyperlink ref="F48" r:id="rId47"/>
     <hyperlink ref="F49" r:id="rId48"/>
     <hyperlink ref="F50" r:id="rId49"/>
+    <hyperlink ref="F51" r:id="rId50"/>
+    <hyperlink ref="F52" r:id="rId51"/>
+    <hyperlink ref="F53" r:id="rId52"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>