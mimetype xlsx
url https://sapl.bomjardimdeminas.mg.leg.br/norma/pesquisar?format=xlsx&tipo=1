--- v0 (2025-12-08)
+++ v1 (2026-02-04)
@@ -10,86 +10,122 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="525" uniqueCount="318">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="546" uniqueCount="330">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>1480</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>LC</t>
+  </si>
+  <si>
+    <t>LEI COMPLEMENTAR</t>
+  </si>
+  <si>
+    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1480/lei_complementar_77-2025.pdf</t>
+  </si>
+  <si>
+    <t>Cria dois (02) cargos de Assessor de Comunicação na estrutura da Administração Pública Direta do Município de Bom Jardim de Minas e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1476</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1476/lei_complementar_76-2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera e acrescenta dispositivos à Lei Complementar n°48, de 11 de dezembro de 2024, que "dispõe sobre o Código de Obras do Munícipio de Bom Jardim de Minas"</t>
+  </si>
+  <si>
+    <t>1475</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1475/lei_complementar_75-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a obrigatoriedade de servidores municipais do quadro de motoristas e operadores de máquinas se submeterem ao exame do etilômetro.</t>
+  </si>
+  <si>
     <t>1473</t>
   </si>
   <si>
-    <t>2025</t>
-[...1 lines deleted...]
-  <si>
     <t>74</t>
-  </si>
-[...4 lines deleted...]
-    <t>LEI COMPLEMENTAR</t>
   </si>
   <si>
     <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1473/plc_74.pdf</t>
   </si>
   <si>
     <t>"Inclui a Biblioteca "Irmã Inácia" na estrutura organizacional da Secretaria Municipal de Educação e dá outras providências"</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1472/plc_73.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contagem do período de 28 de maio de 2020 a 31 de dezembro de 2021 para fins de concessão de adicional por tempo de serviço (quinquênio) e licença-prêmio aos servidores públicos efetivos do Município de Bom Jardim de Minas.</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
     <t>72</t>
   </si>
@@ -1311,56 +1347,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1473/plc_74.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1472/plc_73.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1438/lei_complentar_72-2025..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1437/lei_complementar_no_71-2025..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1432/lc70.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1426/lei_complementar_69.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1425/lei_complementear_68.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1424/lei_complementear_67.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1420/lei_complementar_no_66-2025..pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1419/lei_complementar_n65-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1418/lei_complementar_n64-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1406/lei_complementar_63-2025..pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1395/lc62.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1394/lc_61.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1391/lei_complementar_60-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1390/lei_complementar_59-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1377/lc_58-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1375/lei_complementar_57-2025..pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1374/lei_complementar_56..pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1371/lc_55-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1370/lc_54-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1372/lc_53-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1368/lei_complementar_52_de_2025..pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1362/lei_complementar_51-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1358/lei_complementar_50.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1357/lei_complementar_49.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1356/lei_complementar_48.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1355/lei_complementar_47.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1354/lei_complementar_46.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1326/lei_complementar_45-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1324/lei_complementar_44-2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1312/lc_43-2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1277/lei_complementar_42-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1248/lei_complementar_41-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1238/lei_complementar_40-2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1208/lei_complementar_39-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1193/lc_38-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/1185/lei_complementar_37.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/1163/lei_complementar_36_de_2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/1159/lei_complementar_35.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/1154/lei_complementar_34.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/1132/lei_complementar_33.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/1131/lei_complementar_32.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/1130/lei_complementar_31.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/1124/lei_complementar_30.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/1119/lei_complementar_29.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/1101/lei_complementar_028.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/1100/lei_complementar_027_-2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/1095/lei_complementar_026-2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/922/lei-complementar-0025-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/920/lc_24-2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/237/lei-complementar-0023-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/164/lei-complementar-0022-2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/737/lei-complementar-0021-2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/739/lei0020-2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/742/lei0019-2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/740/lei0018-2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/741/lei17-2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/738/lei-0016-2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/248/lc_15-2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/743/lei-0014-2016.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/744/lei-0013-2015.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/745/lei-0012-2015.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/746/lei-0011-2015.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/1215/lei_complementar_10-2014.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/135/lc-09-2014.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/106/lc-09-2012.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/105/lc_-08-2012.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/58/lc_06-2010.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/747/lei-complementar-0005-2010.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/841/lc_03-2009.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/905/lc_02-2002.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/904/lc_01-93_1.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/1951/163/lei-0071-1951.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1480/lei_complementar_77-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1476/lei_complementar_76-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1475/lei_complementar_75-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1473/plc_74.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1472/plc_73.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1438/lei_complentar_72-2025..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1437/lei_complementar_no_71-2025..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1432/lc70.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1426/lei_complementar_69.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1425/lei_complementear_68.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1424/lei_complementear_67.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1420/lei_complementar_no_66-2025..pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1419/lei_complementar_n65-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1418/lei_complementar_n64-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1406/lei_complementar_63-2025..pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1395/lc62.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1394/lc_61.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1391/lei_complementar_60-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1390/lei_complementar_59-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1377/lc_58-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1375/lei_complementar_57-2025..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1374/lei_complementar_56..pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1371/lc_55-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1370/lc_54-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1372/lc_53-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1368/lei_complementar_52_de_2025..pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2025/1362/lei_complementar_51-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1358/lei_complementar_50.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1357/lei_complementar_49.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1356/lei_complementar_48.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1355/lei_complementar_47.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1354/lei_complementar_46.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1326/lei_complementar_45-2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1324/lei_complementar_44-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2024/1312/lc_43-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1277/lei_complementar_42-2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1248/lei_complementar_41-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1238/lei_complementar_40-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1208/lei_complementar_39-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2023/1193/lc_38-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/1185/lei_complementar_37.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/1163/lei_complementar_36_de_2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/1159/lei_complementar_35.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/1154/lei_complementar_34.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/1132/lei_complementar_33.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/1131/lei_complementar_32.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/1130/lei_complementar_31.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/1124/lei_complementar_30.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/1119/lei_complementar_29.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/1101/lei_complementar_028.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/1100/lei_complementar_027_-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2022/1095/lei_complementar_026-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/922/lei-complementar-0025-2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2021/920/lc_24-2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/237/lei-complementar-0023-2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/164/lei-complementar-0022-2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2020/737/lei-complementar-0021-2020.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/739/lei0020-2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/742/lei0019-2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/740/lei0018-2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/741/lei17-2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/738/lei-0016-2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2019/248/lc_15-2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2016/743/lei-0014-2016.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/744/lei-0013-2015.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/745/lei-0012-2015.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2015/746/lei-0011-2015.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/1215/lei_complementar_10-2014.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2014/135/lc-09-2014.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/106/lc-09-2012.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2012/105/lc_-08-2012.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/58/lc_06-2010.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2010/747/lei-complementar-0005-2010.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2009/841/lc_03-2009.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/2002/905/lc_02-2002.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/1993/904/lc_01-93_1.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/normajuridica/1951/163/lei-0071-1951.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G75"/>
+  <dimension ref="A1:G78"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="110.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1910,1193 +1946,1262 @@
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
         <v>103</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
         <v>11</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>104</v>
       </c>
       <c r="G25" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>106</v>
       </c>
       <c r="B26" t="s">
+        <v>8</v>
+      </c>
+      <c r="C26" t="s">
         <v>107</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
+        <v>10</v>
+      </c>
+      <c r="E26" t="s">
+        <v>11</v>
+      </c>
+      <c r="F26" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="D26" t="s">
-[...5 lines deleted...]
-      <c r="F26" s="1" t="s">
+      <c r="G26" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
+        <v>110</v>
+      </c>
+      <c r="B27" t="s">
+        <v>8</v>
+      </c>
+      <c r="C27" t="s">
         <v>111</v>
       </c>
-      <c r="B27" t="s">
-[...2 lines deleted...]
-      <c r="C27" t="s">
+      <c r="D27" t="s">
+        <v>10</v>
+      </c>
+      <c r="E27" t="s">
+        <v>11</v>
+      </c>
+      <c r="F27" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="D27" t="s">
-[...5 lines deleted...]
-      <c r="F27" s="1" t="s">
+      <c r="G27" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
+        <v>114</v>
+      </c>
+      <c r="B28" t="s">
+        <v>8</v>
+      </c>
+      <c r="C28" t="s">
         <v>115</v>
       </c>
-      <c r="B28" t="s">
-[...2 lines deleted...]
-      <c r="C28" t="s">
+      <c r="D28" t="s">
+        <v>10</v>
+      </c>
+      <c r="E28" t="s">
+        <v>11</v>
+      </c>
+      <c r="F28" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="D28" t="s">
-[...5 lines deleted...]
-      <c r="F28" s="1" t="s">
+      <c r="G28" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
+        <v>118</v>
+      </c>
+      <c r="B29" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="C29" t="s">
         <v>120</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>121</v>
       </c>
       <c r="G29" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>123</v>
       </c>
       <c r="B30" t="s">
-        <v>107</v>
+        <v>119</v>
       </c>
       <c r="C30" t="s">
         <v>124</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
         <v>11</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>125</v>
       </c>
       <c r="G30" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>127</v>
       </c>
       <c r="B31" t="s">
-        <v>107</v>
+        <v>119</v>
       </c>
       <c r="C31" t="s">
         <v>128</v>
       </c>
       <c r="D31" t="s">
         <v>10</v>
       </c>
       <c r="E31" t="s">
         <v>11</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>129</v>
       </c>
       <c r="G31" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>131</v>
       </c>
       <c r="B32" t="s">
-        <v>107</v>
+        <v>119</v>
       </c>
       <c r="C32" t="s">
         <v>132</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
         <v>11</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>133</v>
       </c>
       <c r="G32" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>135</v>
       </c>
       <c r="B33" t="s">
-        <v>107</v>
+        <v>119</v>
       </c>
       <c r="C33" t="s">
         <v>136</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
         <v>11</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>137</v>
       </c>
       <c r="G33" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>139</v>
       </c>
       <c r="B34" t="s">
+        <v>119</v>
+      </c>
+      <c r="C34" t="s">
         <v>140</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>10</v>
+      </c>
+      <c r="E34" t="s">
+        <v>11</v>
+      </c>
+      <c r="F34" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="D34" t="s">
-[...5 lines deleted...]
-      <c r="F34" s="1" t="s">
+      <c r="G34" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
+        <v>143</v>
+      </c>
+      <c r="B35" t="s">
+        <v>119</v>
+      </c>
+      <c r="C35" t="s">
         <v>144</v>
       </c>
-      <c r="B35" t="s">
-[...2 lines deleted...]
-      <c r="C35" t="s">
+      <c r="D35" t="s">
+        <v>10</v>
+      </c>
+      <c r="E35" t="s">
+        <v>11</v>
+      </c>
+      <c r="F35" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="D35" t="s">
-[...5 lines deleted...]
-      <c r="F35" s="1" t="s">
+      <c r="G35" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
+        <v>147</v>
+      </c>
+      <c r="B36" t="s">
+        <v>119</v>
+      </c>
+      <c r="C36" t="s">
         <v>148</v>
       </c>
-      <c r="B36" t="s">
-[...2 lines deleted...]
-      <c r="C36" t="s">
+      <c r="D36" t="s">
+        <v>10</v>
+      </c>
+      <c r="E36" t="s">
+        <v>11</v>
+      </c>
+      <c r="F36" s="1" t="s">
         <v>149</v>
       </c>
-      <c r="D36" t="s">
-[...5 lines deleted...]
-      <c r="F36" s="1" t="s">
+      <c r="G36" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
+        <v>151</v>
+      </c>
+      <c r="B37" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="C37" t="s">
         <v>153</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>154</v>
       </c>
       <c r="G37" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>156</v>
       </c>
       <c r="B38" t="s">
-        <v>140</v>
+        <v>152</v>
       </c>
       <c r="C38" t="s">
         <v>157</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>158</v>
       </c>
       <c r="G38" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>160</v>
       </c>
       <c r="B39" t="s">
+        <v>152</v>
+      </c>
+      <c r="C39" t="s">
         <v>161</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
+        <v>10</v>
+      </c>
+      <c r="E39" t="s">
+        <v>11</v>
+      </c>
+      <c r="F39" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="D39" t="s">
-[...5 lines deleted...]
-      <c r="F39" s="1" t="s">
+      <c r="G39" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
+        <v>164</v>
+      </c>
+      <c r="B40" t="s">
+        <v>152</v>
+      </c>
+      <c r="C40" t="s">
         <v>165</v>
       </c>
-      <c r="B40" t="s">
-[...2 lines deleted...]
-      <c r="C40" t="s">
+      <c r="D40" t="s">
+        <v>10</v>
+      </c>
+      <c r="E40" t="s">
+        <v>11</v>
+      </c>
+      <c r="F40" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="D40" t="s">
-[...5 lines deleted...]
-      <c r="F40" s="1" t="s">
+      <c r="G40" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>168</v>
+      </c>
+      <c r="B41" t="s">
+        <v>152</v>
+      </c>
+      <c r="C41" t="s">
         <v>169</v>
       </c>
-      <c r="B41" t="s">
-[...2 lines deleted...]
-      <c r="C41" t="s">
+      <c r="D41" t="s">
+        <v>10</v>
+      </c>
+      <c r="E41" t="s">
+        <v>11</v>
+      </c>
+      <c r="F41" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="D41" t="s">
-[...5 lines deleted...]
-      <c r="F41" s="1" t="s">
+      <c r="G41" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>172</v>
+      </c>
+      <c r="B42" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="C42" t="s">
         <v>174</v>
       </c>
       <c r="D42" t="s">
         <v>10</v>
       </c>
       <c r="E42" t="s">
         <v>11</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>175</v>
       </c>
       <c r="G42" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>177</v>
       </c>
       <c r="B43" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="C43" t="s">
         <v>178</v>
       </c>
       <c r="D43" t="s">
         <v>10</v>
       </c>
       <c r="E43" t="s">
         <v>11</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>179</v>
       </c>
       <c r="G43" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>181</v>
       </c>
       <c r="B44" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="C44" t="s">
         <v>182</v>
       </c>
       <c r="D44" t="s">
         <v>10</v>
       </c>
       <c r="E44" t="s">
         <v>11</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>183</v>
       </c>
       <c r="G44" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>185</v>
       </c>
       <c r="B45" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="C45" t="s">
         <v>186</v>
       </c>
       <c r="D45" t="s">
         <v>10</v>
       </c>
       <c r="E45" t="s">
         <v>11</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>187</v>
       </c>
       <c r="G45" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>189</v>
       </c>
       <c r="B46" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="C46" t="s">
         <v>190</v>
       </c>
       <c r="D46" t="s">
         <v>10</v>
       </c>
       <c r="E46" t="s">
         <v>11</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>191</v>
       </c>
       <c r="G46" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>193</v>
       </c>
       <c r="B47" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="C47" t="s">
         <v>194</v>
       </c>
       <c r="D47" t="s">
         <v>10</v>
       </c>
       <c r="E47" t="s">
         <v>11</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>195</v>
       </c>
       <c r="G47" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>197</v>
       </c>
       <c r="B48" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="C48" t="s">
         <v>198</v>
       </c>
       <c r="D48" t="s">
         <v>10</v>
       </c>
       <c r="E48" t="s">
         <v>11</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>199</v>
       </c>
       <c r="G48" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>201</v>
       </c>
       <c r="B49" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="C49" t="s">
         <v>202</v>
       </c>
       <c r="D49" t="s">
         <v>10</v>
       </c>
       <c r="E49" t="s">
         <v>11</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>203</v>
       </c>
       <c r="G49" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>205</v>
       </c>
       <c r="B50" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="C50" t="s">
         <v>206</v>
       </c>
       <c r="D50" t="s">
         <v>10</v>
       </c>
       <c r="E50" t="s">
         <v>11</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>207</v>
       </c>
       <c r="G50" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>209</v>
       </c>
       <c r="B51" t="s">
+        <v>173</v>
+      </c>
+      <c r="C51" t="s">
         <v>210</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
+        <v>10</v>
+      </c>
+      <c r="E51" t="s">
+        <v>11</v>
+      </c>
+      <c r="F51" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="D51" t="s">
-[...5 lines deleted...]
-      <c r="F51" s="1" t="s">
+      <c r="G51" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
+        <v>213</v>
+      </c>
+      <c r="B52" t="s">
+        <v>173</v>
+      </c>
+      <c r="C52" t="s">
         <v>214</v>
       </c>
-      <c r="B52" t="s">
-[...2 lines deleted...]
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>10</v>
+      </c>
+      <c r="E52" t="s">
+        <v>11</v>
+      </c>
+      <c r="F52" s="1" t="s">
         <v>215</v>
       </c>
-      <c r="D52" t="s">
-[...5 lines deleted...]
-      <c r="F52" s="1" t="s">
+      <c r="G52" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
+        <v>217</v>
+      </c>
+      <c r="B53" t="s">
+        <v>173</v>
+      </c>
+      <c r="C53" t="s">
         <v>218</v>
       </c>
-      <c r="B53" t="s">
-[...2 lines deleted...]
-      <c r="C53" t="s">
+      <c r="D53" t="s">
+        <v>10</v>
+      </c>
+      <c r="E53" t="s">
+        <v>11</v>
+      </c>
+      <c r="F53" s="1" t="s">
         <v>219</v>
       </c>
-      <c r="D53" t="s">
-[...5 lines deleted...]
-      <c r="F53" s="1" t="s">
+      <c r="G53" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
+        <v>221</v>
+      </c>
+      <c r="B54" t="s">
         <v>222</v>
       </c>
-      <c r="B54" t="s">
+      <c r="C54" t="s">
         <v>223</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
+        <v>10</v>
+      </c>
+      <c r="E54" t="s">
+        <v>11</v>
+      </c>
+      <c r="F54" s="1" t="s">
         <v>224</v>
       </c>
-      <c r="D54" t="s">
-[...5 lines deleted...]
-      <c r="F54" s="1" t="s">
+      <c r="G54" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
+        <v>226</v>
+      </c>
+      <c r="B55" t="s">
+        <v>222</v>
+      </c>
+      <c r="C55" t="s">
         <v>227</v>
       </c>
-      <c r="B55" t="s">
-[...2 lines deleted...]
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>10</v>
+      </c>
+      <c r="E55" t="s">
+        <v>11</v>
+      </c>
+      <c r="F55" s="1" t="s">
         <v>228</v>
       </c>
-      <c r="D55" t="s">
-[...5 lines deleted...]
-      <c r="F55" s="1" t="s">
+      <c r="G55" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
+        <v>230</v>
+      </c>
+      <c r="B56" t="s">
+        <v>222</v>
+      </c>
+      <c r="C56" t="s">
         <v>231</v>
       </c>
-      <c r="B56" t="s">
+      <c r="D56" t="s">
+        <v>10</v>
+      </c>
+      <c r="E56" t="s">
+        <v>11</v>
+      </c>
+      <c r="F56" s="1" t="s">
         <v>232</v>
       </c>
-      <c r="C56" t="s">
+      <c r="G56" t="s">
         <v>233</v>
-      </c>
-[...10 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
+        <v>234</v>
+      </c>
+      <c r="B57" t="s">
+        <v>235</v>
+      </c>
+      <c r="C57" t="s">
         <v>236</v>
       </c>
-      <c r="B57" t="s">
-[...2 lines deleted...]
-      <c r="C57" t="s">
+      <c r="D57" t="s">
+        <v>10</v>
+      </c>
+      <c r="E57" t="s">
+        <v>11</v>
+      </c>
+      <c r="F57" s="1" t="s">
         <v>237</v>
       </c>
-      <c r="D57" t="s">
-[...5 lines deleted...]
-      <c r="F57" s="1" t="s">
+      <c r="G57" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
+        <v>239</v>
+      </c>
+      <c r="B58" t="s">
+        <v>235</v>
+      </c>
+      <c r="C58" t="s">
         <v>240</v>
       </c>
-      <c r="B58" t="s">
-[...2 lines deleted...]
-      <c r="C58" t="s">
+      <c r="D58" t="s">
+        <v>10</v>
+      </c>
+      <c r="E58" t="s">
+        <v>11</v>
+      </c>
+      <c r="F58" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="D58" t="s">
-[...5 lines deleted...]
-      <c r="F58" s="1" t="s">
+      <c r="G58" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
+        <v>243</v>
+      </c>
+      <c r="B59" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="C59" t="s">
         <v>245</v>
       </c>
       <c r="D59" t="s">
         <v>10</v>
       </c>
       <c r="E59" t="s">
         <v>11</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>246</v>
       </c>
       <c r="G59" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>248</v>
       </c>
       <c r="B60" t="s">
-        <v>232</v>
+        <v>244</v>
       </c>
       <c r="C60" t="s">
         <v>249</v>
       </c>
       <c r="D60" t="s">
         <v>10</v>
       </c>
       <c r="E60" t="s">
         <v>11</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>250</v>
       </c>
       <c r="G60" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>252</v>
       </c>
       <c r="B61" t="s">
-        <v>232</v>
+        <v>244</v>
       </c>
       <c r="C61" t="s">
         <v>253</v>
       </c>
       <c r="D61" t="s">
         <v>10</v>
       </c>
       <c r="E61" t="s">
         <v>11</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>254</v>
       </c>
       <c r="G61" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>256</v>
       </c>
       <c r="B62" t="s">
+        <v>244</v>
+      </c>
+      <c r="C62" t="s">
         <v>257</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
+        <v>10</v>
+      </c>
+      <c r="E62" t="s">
+        <v>11</v>
+      </c>
+      <c r="F62" s="1" t="s">
         <v>258</v>
       </c>
-      <c r="D62" t="s">
-[...5 lines deleted...]
-      <c r="F62" s="1" t="s">
+      <c r="G62" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
+        <v>260</v>
+      </c>
+      <c r="B63" t="s">
+        <v>244</v>
+      </c>
+      <c r="C63" t="s">
         <v>261</v>
       </c>
-      <c r="B63" t="s">
+      <c r="D63" t="s">
+        <v>10</v>
+      </c>
+      <c r="E63" t="s">
+        <v>11</v>
+      </c>
+      <c r="F63" s="1" t="s">
         <v>262</v>
       </c>
-      <c r="C63" t="s">
+      <c r="G63" t="s">
         <v>263</v>
-      </c>
-[...10 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
+        <v>264</v>
+      </c>
+      <c r="B64" t="s">
+        <v>244</v>
+      </c>
+      <c r="C64" t="s">
+        <v>265</v>
+      </c>
+      <c r="D64" t="s">
+        <v>10</v>
+      </c>
+      <c r="E64" t="s">
+        <v>11</v>
+      </c>
+      <c r="F64" s="1" t="s">
         <v>266</v>
       </c>
-      <c r="B64" t="s">
-[...2 lines deleted...]
-      <c r="C64" t="s">
+      <c r="G64" t="s">
         <v>267</v>
-      </c>
-[...10 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
+        <v>268</v>
+      </c>
+      <c r="B65" t="s">
+        <v>269</v>
+      </c>
+      <c r="C65" t="s">
         <v>270</v>
       </c>
-      <c r="B65" t="s">
-[...2 lines deleted...]
-      <c r="C65" t="s">
+      <c r="D65" t="s">
+        <v>10</v>
+      </c>
+      <c r="E65" t="s">
+        <v>11</v>
+      </c>
+      <c r="F65" s="1" t="s">
         <v>271</v>
       </c>
-      <c r="D65" t="s">
-[...5 lines deleted...]
-      <c r="F65" s="1" t="s">
+      <c r="G65" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
+        <v>273</v>
+      </c>
+      <c r="B66" t="s">
         <v>274</v>
       </c>
-      <c r="B66" t="s">
+      <c r="C66" t="s">
         <v>275</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
+        <v>10</v>
+      </c>
+      <c r="E66" t="s">
+        <v>11</v>
+      </c>
+      <c r="F66" s="1" t="s">
         <v>276</v>
       </c>
-      <c r="D66" t="s">
-[...5 lines deleted...]
-      <c r="F66" s="1" t="s">
+      <c r="G66" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
+        <v>278</v>
+      </c>
+      <c r="B67" t="s">
+        <v>274</v>
+      </c>
+      <c r="C67" t="s">
         <v>279</v>
       </c>
-      <c r="B67" t="s">
-[...2 lines deleted...]
-      <c r="C67" t="s">
+      <c r="D67" t="s">
+        <v>10</v>
+      </c>
+      <c r="E67" t="s">
+        <v>11</v>
+      </c>
+      <c r="F67" s="1" t="s">
         <v>280</v>
       </c>
-      <c r="D67" t="s">
-[...5 lines deleted...]
-      <c r="F67" s="1" t="s">
+      <c r="G67" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
+        <v>282</v>
+      </c>
+      <c r="B68" t="s">
+        <v>274</v>
+      </c>
+      <c r="C68" t="s">
         <v>283</v>
       </c>
-      <c r="B68" t="s">
+      <c r="D68" t="s">
+        <v>10</v>
+      </c>
+      <c r="E68" t="s">
+        <v>11</v>
+      </c>
+      <c r="F68" s="1" t="s">
         <v>284</v>
       </c>
-      <c r="C68" t="s">
-[...8 lines deleted...]
-      <c r="F68" s="1" t="s">
+      <c r="G68" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
+        <v>286</v>
+      </c>
+      <c r="B69" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="C69" t="s">
         <v>288</v>
       </c>
       <c r="D69" t="s">
         <v>10</v>
       </c>
       <c r="E69" t="s">
         <v>11</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>289</v>
       </c>
       <c r="G69" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>75</v>
+        <v>291</v>
       </c>
       <c r="B70" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="C70" t="s">
         <v>292</v>
       </c>
       <c r="D70" t="s">
         <v>10</v>
       </c>
       <c r="E70" t="s">
         <v>11</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>293</v>
       </c>
       <c r="G70" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>295</v>
       </c>
       <c r="B71" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="C71" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="D71" t="s">
         <v>10</v>
       </c>
       <c r="E71" t="s">
         <v>11</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>297</v>
       </c>
       <c r="G71" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>299</v>
       </c>
       <c r="B72" t="s">
+        <v>296</v>
+      </c>
+      <c r="C72" t="s">
         <v>300</v>
       </c>
-      <c r="C72" t="s">
+      <c r="D72" t="s">
+        <v>10</v>
+      </c>
+      <c r="E72" t="s">
+        <v>11</v>
+      </c>
+      <c r="F72" s="1" t="s">
         <v>301</v>
       </c>
-      <c r="D72" t="s">
-[...5 lines deleted...]
-      <c r="F72" s="1" t="s">
+      <c r="G72" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
+        <v>87</v>
+      </c>
+      <c r="B73" t="s">
+        <v>303</v>
+      </c>
+      <c r="C73" t="s">
         <v>304</v>
       </c>
-      <c r="B73" t="s">
+      <c r="D73" t="s">
+        <v>10</v>
+      </c>
+      <c r="E73" t="s">
+        <v>11</v>
+      </c>
+      <c r="F73" s="1" t="s">
         <v>305</v>
       </c>
-      <c r="C73" t="s">
+      <c r="G73" t="s">
         <v>306</v>
-      </c>
-[...10 lines deleted...]
-        <v>308</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
+        <v>307</v>
+      </c>
+      <c r="B74" t="s">
+        <v>303</v>
+      </c>
+      <c r="C74" t="s">
+        <v>308</v>
+      </c>
+      <c r="D74" t="s">
+        <v>10</v>
+      </c>
+      <c r="E74" t="s">
+        <v>11</v>
+      </c>
+      <c r="F74" s="1" t="s">
         <v>309</v>
       </c>
-      <c r="B74" t="s">
+      <c r="G74" t="s">
         <v>310</v>
-      </c>
-[...13 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
+        <v>311</v>
+      </c>
+      <c r="B75" t="s">
+        <v>312</v>
+      </c>
+      <c r="C75" t="s">
+        <v>313</v>
+      </c>
+      <c r="D75" t="s">
+        <v>10</v>
+      </c>
+      <c r="E75" t="s">
+        <v>11</v>
+      </c>
+      <c r="F75" s="1" t="s">
         <v>314</v>
       </c>
-      <c r="B75" t="s">
+      <c r="G75" t="s">
         <v>315</v>
       </c>
-      <c r="C75" t="s">
-[...8 lines deleted...]
-      <c r="F75" s="1" t="s">
+    </row>
+    <row r="76" spans="1:7">
+      <c r="A76" t="s">
         <v>316</v>
       </c>
-      <c r="G75" t="s">
+      <c r="B76" t="s">
         <v>317</v>
+      </c>
+      <c r="C76" t="s">
+        <v>318</v>
+      </c>
+      <c r="D76" t="s">
+        <v>10</v>
+      </c>
+      <c r="E76" t="s">
+        <v>11</v>
+      </c>
+      <c r="F76" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="G76" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7">
+      <c r="A77" t="s">
+        <v>321</v>
+      </c>
+      <c r="B77" t="s">
+        <v>322</v>
+      </c>
+      <c r="C77" t="s">
+        <v>323</v>
+      </c>
+      <c r="D77" t="s">
+        <v>10</v>
+      </c>
+      <c r="E77" t="s">
+        <v>11</v>
+      </c>
+      <c r="F77" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="G77" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7">
+      <c r="A78" t="s">
+        <v>326</v>
+      </c>
+      <c r="B78" t="s">
+        <v>327</v>
+      </c>
+      <c r="C78" t="s">
+        <v>35</v>
+      </c>
+      <c r="D78" t="s">
+        <v>10</v>
+      </c>
+      <c r="E78" t="s">
+        <v>11</v>
+      </c>
+      <c r="F78" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="G78" t="s">
+        <v>329</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -3131,50 +3236,53 @@
     <hyperlink ref="F51" r:id="rId50"/>
     <hyperlink ref="F52" r:id="rId51"/>
     <hyperlink ref="F53" r:id="rId52"/>
     <hyperlink ref="F54" r:id="rId53"/>
     <hyperlink ref="F55" r:id="rId54"/>
     <hyperlink ref="F56" r:id="rId55"/>
     <hyperlink ref="F57" r:id="rId56"/>
     <hyperlink ref="F58" r:id="rId57"/>
     <hyperlink ref="F59" r:id="rId58"/>
     <hyperlink ref="F60" r:id="rId59"/>
     <hyperlink ref="F61" r:id="rId60"/>
     <hyperlink ref="F62" r:id="rId61"/>
     <hyperlink ref="F63" r:id="rId62"/>
     <hyperlink ref="F64" r:id="rId63"/>
     <hyperlink ref="F65" r:id="rId64"/>
     <hyperlink ref="F66" r:id="rId65"/>
     <hyperlink ref="F67" r:id="rId66"/>
     <hyperlink ref="F68" r:id="rId67"/>
     <hyperlink ref="F69" r:id="rId68"/>
     <hyperlink ref="F70" r:id="rId69"/>
     <hyperlink ref="F71" r:id="rId70"/>
     <hyperlink ref="F72" r:id="rId71"/>
     <hyperlink ref="F73" r:id="rId72"/>
     <hyperlink ref="F74" r:id="rId73"/>
     <hyperlink ref="F75" r:id="rId74"/>
+    <hyperlink ref="F76" r:id="rId75"/>
+    <hyperlink ref="F77" r:id="rId76"/>
+    <hyperlink ref="F78" r:id="rId77"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>