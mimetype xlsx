--- v0 (2025-12-09)
+++ v1 (2026-03-27)
@@ -54,2550 +54,2550 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Pedro Vanderli Rezende</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2167/mocao_012024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2167/mocao_012024.pdf</t>
   </si>
   <si>
     <t>"Moção de Apoio ao Congresso Nacional, em razão do movimento ofensivo ao Conselho Federal de Medicina."</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>Manoel Carlos de Souza Abbud</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2086/requerimento_01-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2086/requerimento_01-2024.pdf</t>
   </si>
   <si>
     <t>"Que o Executivo informe quais as providências tomadas em relação ao arrombamento das portas do vestiário do Campo."</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Mateus Carvalho Vitoriano</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2107/requerimento_02-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2107/requerimento_02-2024.pdf</t>
   </si>
   <si>
     <t>"Solicita envio a esta casa do Laudo de Insalubridade dos Servidores Municipais."</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Eliana Maria Nunes</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2118/requerimento_03-24.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2118/requerimento_03-24.pdf</t>
   </si>
   <si>
     <t>"Pede ao Prefeito Municipal informação sobre o motivo pelo qual o novo veículo para transporte dos estudantes à Juiz de Fora não está sendo utilizado."</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2119/requerimento_04-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2119/requerimento_04-2024.pdf</t>
   </si>
   <si>
     <t>"Pede ao Prefeito Municipal informação sobre o motivo pelo qual os servidores que trabalham na Zona Rural não estão recebendo a gratificação devida."</t>
   </si>
   <si>
     <t>2123</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2123/requerimento_05-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2123/requerimento_05-2024.pdf</t>
   </si>
   <si>
     <t>" Que a Prefeitura Municipal informe quais os requisitos para distribuição do uniforme escolar."</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2120/requerimento_06-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2120/requerimento_06-2024.pdf</t>
   </si>
   <si>
     <t>"Pede ao Prefeito Municipal informação de como está o chamamento dos aprovados no último concurso para o cargo de motorista"</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2125/requerimento_07-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2125/requerimento_07-2024.pdf</t>
   </si>
   <si>
     <t>"Que o Prefeito Municipal informe o motivo pelo qual não está mais acontecendo as aulas de Práticas Agrícolas na E. M de Taboão."</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2126/requerimento_08-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2126/requerimento_08-2024.pdf</t>
   </si>
   <si>
     <t>"Que o Prefeito Municipal informe se as câmeras de monitoramento da cidade estão sem funcionamento."</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2139/requerimento_09-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2139/requerimento_09-2024.pdf</t>
   </si>
   <si>
     <t>"Que a Prefeitura envie a esta Casa a listagem com a classificação dos Técnicos em Radiologia aprovados no último Concurso."</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/</t>
   </si>
   <si>
     <t>" Solicita ao Presidente da Câmara  para CONVOCAR a Secretária Municipal de Agricultura, Pecuária e Meio Ambiente de Bom Jardim de Minas, Sra. Bianca Rodrigues de Assis, para a reunião que acontecerá no dia 18 de abril deste ano, às 08 h, no Plenário da Câmara Municipal."</t>
   </si>
   <si>
     <t>2153</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2153/requerimento_11-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2153/requerimento_11-2024.pdf</t>
   </si>
   <si>
     <t>Que a Prefeitura informe se existe algum estudo ou projeto de engenharia que justifique a construção do bueiro na Rua Américo Ferreira Pena."</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2158/requerimento_12-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2158/requerimento_12-2024.pdf</t>
   </si>
   <si>
     <t>"Que seja informado o nome da empresa que realizou o asfaltamento do Parque de Exposição."</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2159/requerimento_13-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2159/requerimento_13-2024.pdf</t>
   </si>
   <si>
     <t>" Que seja informado a quem pertence o terreno onde está localizada a bomba da Copasa, no Bairro Hospital."</t>
   </si>
   <si>
     <t>2164</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2164/requerimento_14-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2164/requerimento_14-2024.pdf</t>
   </si>
   <si>
     <t>"Que a Prefeitura informe se já comunicou aos moradores do Bairro Jardim do Sol, quais serão os dias de coleta de Lixo naquela localiodade."</t>
   </si>
   <si>
     <t>2165</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2165/requerimento_15-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2165/requerimento_15-2024.pdf</t>
   </si>
   <si>
     <t>"Que a Prefeitura informe se realizará a prorrogação do último concurso público."</t>
   </si>
   <si>
     <t>2166</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2166/requerimento_16-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2166/requerimento_16-2024.pdf</t>
   </si>
   <si>
     <t>"Que a prefeitura informe se existe uma forma de simplificar e facilitar a realizaçãode exames de dengue em nosso município."</t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Francisco Neto Caetano</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2169/requerimento_17-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2169/requerimento_17-2024.pdf</t>
   </si>
   <si>
     <t>"Que a Prefeitura informe quantas Secretarias de Saude Existem no município."</t>
   </si>
   <si>
     <t>2171</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2171/requerimento_18-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2171/requerimento_18-2024.pdf</t>
   </si>
   <si>
     <t>"Requer que a Prefeitura disponibilize documentos referentes aos eventos ocorridos na 17ª Exposição Agropecuária realizada no período de 01 a 05/05/2024."</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2178/requerimento_19-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2178/requerimento_19-2024.pdf</t>
   </si>
   <si>
     <t>"Solicita ao Prefeito Municipal, informar os gastos com a realização da Exposição Agropecuária de 2024."</t>
   </si>
   <si>
     <t>2183</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2183/requerimento_20-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2183/requerimento_20-2024.pdf</t>
   </si>
   <si>
     <t>"Solicita Informações ao Prefeito quanto ao horário de funcionamento da Biblioteca Irmã Inácia."</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2184/requerimento_21-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2184/requerimento_21-2024.pdf</t>
   </si>
   <si>
     <t>"Solicita que o Prefeito informe se há estagiário de medicina atendendo como médico no Hospital Municipal."</t>
   </si>
   <si>
     <t>2194</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2194/requerimento_22-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2194/requerimento_22-2024.pdf</t>
   </si>
   <si>
     <t>"Informar qual o motivo do Portal da Transparencia da Prefeitura Municipal não tem todos os itens disponíveis para consulta."</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2195/requqerimento_23-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2195/requqerimento_23-2024.pdf</t>
   </si>
   <si>
     <t>"Solicita ao poder executivo informações sobre os gastos oriundos das emendas impositivas."</t>
   </si>
   <si>
     <t>2196</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2196/requerimento_24-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2196/requerimento_24-2024.pdf</t>
   </si>
   <si>
     <t>Que seja informado se o sistema de informática adquirido pela Secretaria de Saúde já está sendo utilizado pelo Hospital Municipal.</t>
   </si>
   <si>
     <t>2208</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2208/requerimento_25-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2208/requerimento_25-2024.pdf</t>
   </si>
   <si>
     <t>"Solicita ao Prefeito Municipal informações sobre o processo de compra dos EPI's cujas verbas foram destinadas através das Emendas Parlamentares."</t>
   </si>
   <si>
     <t>2209</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2209/requerimento_26-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2209/requerimento_26-2024.pdf</t>
   </si>
   <si>
     <t>"Solicita ao Prefeito Municipal informações sobre as Câmeras de Monitoramento instaladas na EMAFAM."</t>
   </si>
   <si>
     <t>2210</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2210/requerimento_27-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2210/requerimento_27-2024.pdf</t>
   </si>
   <si>
     <t>"Solicita ao Prefeito Municipal que envie à Câmara Municipal cópia do Contrato 55/2024."</t>
   </si>
   <si>
     <t>2211</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2211/requerimento_28-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2211/requerimento_28-2024.pdf</t>
   </si>
   <si>
     <t>"Solicita ao Prefeito Municipal informação sobre a previsão de finalização do calçamento da Rua João Neves."</t>
   </si>
   <si>
     <t>2218</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2218/requerimento_29.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2218/requerimento_29.pdf</t>
   </si>
   <si>
     <t>"Que sejam prestados os seguintes esclarecimentos acerca da reforma e ampliação da ponte do Bairro Hospital"</t>
   </si>
   <si>
     <t>2219</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2219/requerimento_30.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2219/requerimento_30.pdf</t>
   </si>
   <si>
     <t>"Que seja enviada a listagem com o nome dos usuários do transporte fornecido pelo município, para o deslocamento dos estudantes universitários a Juiz de Fora, nos anos de 2023 e 2024"</t>
   </si>
   <si>
     <t>2220</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2220/requerimento_31.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2220/requerimento_31.pdf</t>
   </si>
   <si>
     <t>"Que seja informado quantas vagas são abertas, anualmente, para consultas com médico reumatologista"</t>
   </si>
   <si>
     <t>2225</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2225/requerimento_32-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2225/requerimento_32-2024.pdf</t>
   </si>
   <si>
     <t>Que seja informado quando será implementado o Programa de Estímulo à Disponibilização de Pranchas de Comunicação no Município.</t>
   </si>
   <si>
     <t>2230</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2230/requerimento_33-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2230/requerimento_33-2024.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO À CÂMARA MUNICIPAL UM RELATÓRIO DISCRIMINANDO OS VALORES EMPREGADOS NA CONSTRUÇÃO DA QUADRA POLIESPORTIVA JOAQUIM ALVES.</t>
   </si>
   <si>
     <t>2231</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2231/requerimento_34-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2231/requerimento_34-2024.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENVIADO À CÂMARA MUNICIPAL O CONTRATO FIRMADO ENTRE O MUNICÍPIO E A EMPRESA MAGNO ÁUDIO PROMOÇÕES, BEM COMO SEUS TERMOS ADITIVOS, SE HOUVEREM.</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2236/requerimento_35-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2236/requerimento_35-2024.pdf</t>
   </si>
   <si>
     <t>QUE SEJA INFORMADO ONDE SE ENCONTRA A AMBULÂNCIA 'UTI MÓVEL' ADQUIRIDA PELO MUNICÍPIO NO ANO DE 2020 E EM QUAL ESTADO DE CONSERVAÇÃO SE ENCONTRA.</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2246/requerimento_36-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2246/requerimento_36-2024.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FORNECIDA A FOLHA DE PAGAMENTO DO PODER EXECUTIVO REFERENTE AO MÊS DE OUTUBRO/2024.</t>
   </si>
   <si>
     <t>2282</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2282/requerimento_37-2024.docx</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2282/requerimento_37-2024.docx</t>
   </si>
   <si>
     <t>QUE SEJA INFORMADO sobre o pagamento de insalubridade aos servidores que ganharam ação na Justiça, incluindo valores, critérios e impactos no orçamento.</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>Erivelton Rodrigues da Silva</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2087/indicacao_01-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2087/indicacao_01-2024.pdf</t>
   </si>
   <si>
     <t>"Solicita que a Prefeitura avalie junto à Secretaria de Agricultura, Pecuária e Meio Ambiente a possibilidade de a coleta de lixo ser realizada mais de umas vez na semanana no Bairro Viegas."</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2094/indicacao_02-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2094/indicacao_02-2024.pdf</t>
   </si>
   <si>
     <t>"Que a Prefeitura avalie a possibilidade de  instalação de uma Lixeira na esquina da Rua Gênesio de Mello Tinôco com a Rua Elza Maria de Paula."</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2095/indicacao_03-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2095/indicacao_03-2024.pdf</t>
   </si>
   <si>
     <t>Que a Prefeitura avalie a possibilidade de ampliar as dimensões dos Quebra-Molas da Rua Coronel Manoel Vitório Nardy."</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2105/indicacao_04-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2105/indicacao_04-2024.pdf</t>
   </si>
   <si>
     <t>"Que a Prefeitura providencie a limpeza do Ponto de Ônibus na Rua Taboão, próximo ao Mercado Verde e Amarelo."</t>
   </si>
   <si>
     <t>2106</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2106/indicacao_05-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2106/indicacao_05-2024.pdf</t>
   </si>
   <si>
     <t>Que a Prefeitura avalie a possibilidade de diminuir o Quebra-Molas na Rua Pedro Álvares Monteiro."</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2108/indicacao_06-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2108/indicacao_06-2024.pdf</t>
   </si>
   <si>
     <t>"Que a Prefeitura realize a limpeza das margens do Córrego do Milho Branco."</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2109/indicacao_07-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2109/indicacao_07-2024.pdf</t>
   </si>
   <si>
     <t>"Que as Ruas Valdira de Paula Rezende e Erculano Erasmo de Carvalho sejam incluídas nos próximos projetos de calçamento."</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2110/indicacao_08-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2110/indicacao_08-2024.pdf</t>
   </si>
   <si>
     <t>"Que a Prefeitura avalie a possibilidade de dar um desconto no IPTUs dos terrenos baldios do município, que estiverem limpos."</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
     <t>Alexsandro de Almeida Nardy</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2112/indicacao_09-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2112/indicacao_09-2024.pdf</t>
   </si>
   <si>
     <t>"Que a Prefeitura Municipal realize a limpeza do Córrego do Milho Branco."</t>
   </si>
   <si>
     <t>2124</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2124/indicacao_10-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2124/indicacao_10-2024.pdf</t>
   </si>
   <si>
     <t>"Que a Prefeitura avalie as condições dos pneus dos carros de transporte do município, em especial das ambulâncias."</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2117/indicacao_11-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2117/indicacao_11-2024.pdf</t>
   </si>
   <si>
     <t>"Que sejam incluidas nos próximos  Projetos de Calçamento as Ruas Valdira de Paula Rezende e a Paulo Garcia."</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
     <t>Ronicelson de Andrade Pereira</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2128/indicacao_12-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2128/indicacao_12-2024.pdf</t>
   </si>
   <si>
     <t>"Solicita que o Prefeito Municipal inclua nos próximos Projetos de calçamento a Rua Joaquim de Almeida Delgado, na comunidade do Rio do Peixe."</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2121/indicacao_13-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2121/indicacao_13-2024.pdf</t>
   </si>
   <si>
     <t>"Que a Prefeitura providencie a capina e limpeza nas proximidades da bomba da Copasa."</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2122/indicacao_14-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2122/indicacao_14-2024.pdf</t>
   </si>
   <si>
     <t>"Que a Prefeitura providencie nova rede de esgoto na Rua São Sebastião altura do nº 227."</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2127/indicacao_15-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2127/indicacao_15-2024.pdf</t>
   </si>
   <si>
     <t>"Que o Prefeito Municipal promova a colocação de uma placa com a identificação da Rua Antônio Joaquim de Bem, no bairro Vila Formosa."</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2137/indicacao_16-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2137/indicacao_16-2024.pdf</t>
   </si>
   <si>
     <t>"Que aa Prefeitura providencie a capina e limpeza da Rua Teófilo Marques Filho, Bairro Jardim das Paineiras."</t>
   </si>
   <si>
     <t>2140</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2140/indicacao_17-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2140/indicacao_17-2024.pdf</t>
   </si>
   <si>
     <t>"Que a Prefeitura realize, com mais frequência, o esvaziamento do recipiente para depósito de resíduos, localizado na área central do município."</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2144/indicacao_18-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2144/indicacao_18-2024.pdf</t>
   </si>
   <si>
     <t>"Que a Prefeitura estude a viabilidade de alargamento da ponte que dá acesso ao Bairro do Hospital."</t>
   </si>
   <si>
     <t>2143</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2143/scanner_20240408.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2143/scanner_20240408.pdf</t>
   </si>
   <si>
     <t>"Que a Prefeitura realize o nivelamento da Rua Francisco José Dias."</t>
   </si>
   <si>
     <t>2149</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2149/indicacao_20-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2149/indicacao_20-2024.pdf</t>
   </si>
   <si>
     <t>"Que a Prefeitura realize a manutenção da estrada conhecida como "Caminho do Bom Jesus."</t>
   </si>
   <si>
     <t>2150</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2150/indicacao_21-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2150/indicacao_21-2024.pdf</t>
   </si>
   <si>
     <t>"Que a Prefeitura coloque uma placa de "Proibido jogar Lixo neste Local", no final da Rua Rachid José Abraão."</t>
   </si>
   <si>
     <t>2152</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2152/indicacao_22-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2152/indicacao_22-2024.pdf</t>
   </si>
   <si>
     <t>"Que a Prefeitura promova a retirada dos veículos abandonados nas vias públicas do Município."</t>
   </si>
   <si>
     <t>2154</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2154/indicacao_023-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2154/indicacao_023-2024.pdf</t>
   </si>
   <si>
     <t>"Que a Prefeitura providencie a instalação de Quebra-molas e de iluminação na Rua Joaquim Mateus de Oliveira."</t>
   </si>
   <si>
     <t>2155</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2155/indicacao_024-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2155/indicacao_024-2024.pdf</t>
   </si>
   <si>
     <t>"Que a Prefeitura providencie a instalação de um quebra-molas na Rua São José."</t>
   </si>
   <si>
     <t>2156</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2156/indicacao_025-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2156/indicacao_025-2024.pdf</t>
   </si>
   <si>
     <t>"Que a Prefeitura providencie a iluminação do Beco Almas."</t>
   </si>
   <si>
     <t>2157</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2157/indicacao_26-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2157/indicacao_26-2024.pdf</t>
   </si>
   <si>
     <t>"Que a Prefeitura avalie a possibilidade de corrigir a disparidade que existe entre os salários dos psicólogos."</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2168/indicacao_27-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2168/indicacao_27-2024.pdf</t>
   </si>
   <si>
     <t>"Que a Prefeitura venha planejar uma melhor condição de desmbarque dos alunos que vêm da faculdade."</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2176/indicacao_28-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2176/indicacao_28-2024.pdf</t>
   </si>
   <si>
     <t>"Que a Prefeitura solicite aos proprietários da Rua Avelino Marcelino de Carvalho, que realizem a limpeza dos lotes."</t>
   </si>
   <si>
     <t>2177</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2177/indicacao_29-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2177/indicacao_29-2024.pdf</t>
   </si>
   <si>
     <t>"Que a Prefeitura providencie a pintura dos quebra-molas do Município."</t>
   </si>
   <si>
     <t>2179</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2179/indicacao_30-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2179/indicacao_30-2024.pdf</t>
   </si>
   <si>
     <t>"Que a Prefeitura providencie um meio de acabar com os barulhos  que os aparelhos de ginástica da praça da Rodoviária, estão fazendo."</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2180/indicacao_31-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2180/indicacao_31-2024.pdf</t>
   </si>
   <si>
     <t>"Que a Prefeitura providencie a limpeza das margens do Córrego do Milho Branco, em seu perímetro Urbano."</t>
   </si>
   <si>
     <t>2181</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2181/indicacao_32-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2181/indicacao_32-2024.pdf</t>
   </si>
   <si>
     <t>"Que a Prefeitura providencie o conserto do brinquedo (Ponte Suspensa), localizado na Praça da Rodoviária).</t>
   </si>
   <si>
     <t>2182</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2182/indicacao_33-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2182/indicacao_33-2024.pdf</t>
   </si>
   <si>
     <t>"Que a Prefeitura providencie a construção de uma travessia elevada em frente a Creche Municipal Casinha dos Sonhos."</t>
   </si>
   <si>
     <t>2193</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2193/indicacao_34-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2193/indicacao_34-2024.pdf</t>
   </si>
   <si>
     <t>"Que a Prefeitura avalie a possibilidade de colocação de um poste no início da subida da rua Américo Vespúcio Marques."</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2198/indicacao_35-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2198/indicacao_35-2024.pdf</t>
   </si>
   <si>
     <t>"Que a Prefeitura inclua o final da Rua João Neves, nos próximos Projetos  de pavimentação."</t>
   </si>
   <si>
     <t>2199</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2199/indicacao_36-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2199/indicacao_36-2024.pdf</t>
   </si>
   <si>
     <t>"Que a Prefeitura providencie a poda de uma árvore na Rua Luciano Alexandre."</t>
   </si>
   <si>
     <t>2200</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2200/indicacao_37-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2200/indicacao_37-2024.pdf</t>
   </si>
   <si>
     <t>Solicita incentivo à Campanha de conscientização quanto ao uso de colar em pessoas com deficiências ocultas.</t>
   </si>
   <si>
     <t>2201</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2201/indicacao_38-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2201/indicacao_38-2024.pdf</t>
   </si>
   <si>
     <t>Solicita colocação de sinalização de advertência quanto ao intenso fluxo de crianças nas Ruas 17 de Dezembro e Jovino Ribeiro de Carvalho.</t>
   </si>
   <si>
     <t>2202</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2202/indicacao_39-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2202/indicacao_39-2024.pdf</t>
   </si>
   <si>
     <t>Solicita manutenção do calçamento na Rua Liberdade, nº 615, em frente à garagem do Jaime.</t>
   </si>
   <si>
     <t>2205</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2205/indicacao_40-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2205/indicacao_40-2024.pdf</t>
   </si>
   <si>
     <t>"Que a Prefeitura providencie os reparos na Estrada que dá acesso ao monumento do Cristo"</t>
   </si>
   <si>
     <t>2206</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2206/indicacao_41-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2206/indicacao_41-2024.pdf</t>
   </si>
   <si>
     <t>"Que a Prefeitura providencie a manutenção da Estrada conhecida como "Caminho do Bom Jesus."</t>
   </si>
   <si>
     <t>2207</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2207/indicacao_42-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2207/indicacao_42-2024.pdf</t>
   </si>
   <si>
     <t>"Que a Prefeitura avalie a possibilidade de construir bueiros nas Ruas Liberdade  e Bias Fortes."</t>
   </si>
   <si>
     <t>2213</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2213/indicacao_43-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2213/indicacao_43-2024.pdf</t>
   </si>
   <si>
     <t>QUE A PREFEITURA AVALIE A POSSIBILIDADE DE REALIZAR A COLETA DE LIXO, NO BAIRRO JARDIM DO SOL, MAIS DE UMA VEZ POR SEMANA.</t>
   </si>
   <si>
     <t>2216</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2216/indicacao_44-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2216/indicacao_44-2024.pdf</t>
   </si>
   <si>
     <t>QUE A PREFEITURA PROVIDENCIE O TAPAMENTO DO BUEIRO DA RUA NAIR PENA DE PAULA, QUE SE ENCONTRA EXPOSTO.</t>
   </si>
   <si>
     <t>2221</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2221/indicacao_45-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2221/indicacao_45-2024.pdf</t>
   </si>
   <si>
     <t>"Que a Prefeitura avalie a possibilidade de colocar sinalização no parquinho infantil localizado no Parque de Exposições, informando o limite de idade, tamanho ou peso permitido para a utilização dos equipamentos."</t>
   </si>
   <si>
     <t>2222</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2222/indicacao_46.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2222/indicacao_46.pdf</t>
   </si>
   <si>
     <t>"Que a Prefeitura avalie a possibilidade de instalar uma lixeira na Rua Benevides Cunha"</t>
   </si>
   <si>
     <t>2224</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2224/indicacao_47-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2224/indicacao_47-2024.pdf</t>
   </si>
   <si>
     <t>Que a Prefeitura providencie a colocação de poste e luminária próximo a Ponte Geni Gonçalves de Rezende Rodrigues, no Bairro Niterói.</t>
   </si>
   <si>
     <t>2229</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2229/indicacao_48-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2229/indicacao_48-2024.pdf</t>
   </si>
   <si>
     <t>QUE A PREFEITURA ESTUDE A POSSIBILIDADE DE PROMOVER A DOAÇÃO DE UM TERRENO DO MUNICÍPIO PARA A APAE.</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2235/indicacao_49-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2235/indicacao_49-2024.pdf</t>
   </si>
   <si>
     <t>QUE A PREFEITURA ESTUDE A POSSIBILIDADE DE REMANEJAR UM SERVIDOR, AUXILIAR DE SERVIÇOS INTERNO E EXTERNO, PARA APOIO À SECRETARIA DE AGRICULTURA E ARQUIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>2238</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2238/indicacao_50-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2238/indicacao_50-2024.pdf</t>
   </si>
   <si>
     <t>QUE A PREFEITURA REALIZE A CONSTRUÇÃO DE UMA PONTE DE CONCRETO NA RUA MIZAEL MARCELINO.</t>
   </si>
   <si>
     <t>2239</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2239/indicacao_51.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2239/indicacao_51.pdf</t>
   </si>
   <si>
     <t>QUE A PREFEITURA INCLUA A RUA ALTIVO ALVES, NO BAIRRO VÁRZEA, NOS PRÓXIMOS PROJETOS DE CALÇAMENTO.</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2240/indicacao_52-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2240/indicacao_52-2024.pdf</t>
   </si>
   <si>
     <t>QUE A PREFEITURA PROVIDENCIE A ILUMINAÇÃO DO TRECHO COMPREENDIDO ENTRE O TREVO DO MUNICÍPIO E O BAIRRO VIEGAS.</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2247/indicacao_53-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2247/indicacao_53-2024.pdf</t>
   </si>
   <si>
     <t>QUE A PREFEITURA INCLUA A RUA ROZENDO NARCISO DE ALMEIDA, NO BAIRRO NITERÓI, NOS PRÓXIMOS PROJETOS DE CALÇAMENTO.</t>
   </si>
   <si>
     <t>2254</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2254/indicacao_54.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2254/indicacao_54.pdf</t>
   </si>
   <si>
     <t>QUE A PREFEITURA PROVIDENCIE UM MURO DE CONTENÇÃO NA RUA AURORA SOLY, NO BAIRRO BRITADOR.</t>
   </si>
   <si>
     <t>2301</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2301/indicacao_55-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2301/indicacao_55-2024.pdf</t>
   </si>
   <si>
     <t>QUE A PREFEITURA AVALIE A POSSIBILIDADE DE MUDAR DE LUGAR O BUEIRO LOCALIZADO NA AVENIDA DOM SILVÉRIO, EM FRENTE À GARAGEM DA CASA Nº 60.</t>
   </si>
   <si>
     <t>2300</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2300/indicacao_56-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2300/indicacao_56-2024.pdf</t>
   </si>
   <si>
     <t>QUE A PREFEITURA AVALIE A POSSIBILIDADE DE CRIAR A "CASA DE APOIO AOS ESTUDANTES" NA CIDADE DE JUIZ DE FORA.</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2061/plo_1-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2061/plo_1-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a denominação de logradouro público e dá outras providências.”.</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2062/plo_02-2023.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2062/plo_02-2023.pdf</t>
   </si>
   <si>
     <t>"Institui no calendário municipal de Bom Jardim de Minas o dia da Bíblia."</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2063/plo_03-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2063/plo_03-2024.pdf</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
     <t>José Francisco Matos e Silva</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2064/projeto_de_lei_04-2024..pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2064/projeto_de_lei_04-2024..pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a permissão para o Poder Executivo realizar organização e premiações em eventos culturais e esportivos do Município de Bom Jardim de Minas e dá outras providências".</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2065/plo_05-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2065/plo_05-2024.pdf</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2067/plo_06-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2067/plo_06-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a denominação de logradouro público e dá outras providências".</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2068/plo_07-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2068/plo_07-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Revogação da Lei 1674/2022, que Autoriza a Concessão de Uso de Bem Imóvel do Município para Instalação de Indústria e dá Outras Providências."</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2070/plo_08-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2070/plo_08-2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de crédito adicional especial no valor de R$ 10.486,56 e dá outras providências."</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2071/plo_09-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2071/plo_09-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a concessão de subvenções sociais às entidades que menciona e dá outras providências."</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2072/plo_10-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2072/plo_10-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a denominação de logradouro público e dá outras providências.”</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2073/plo_11-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2073/plo_11-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a denominação de logradouro público e dá outras providências.”.</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2074/plo_12-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2074/plo_12-2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza a concessão de uso de bem imóvel do município para instalação de indústria".</t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2077/plo_13-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2077/plo_13-2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O SERVIÇO DE INSPEÇÃO SANITÁRIA E INDUSTRIAL DE PRODUTOS DE ORIGEM ANIMAL NO MUNICÍPIO DE BOM JARDIM DE MINAS - MG E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2078/plo_14-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2078/plo_14-2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL NOS VENCIMENTOS DOS AGENTES POLÍTICOS DO MUNICÍPIO DE BOM JARDIM DE MINAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2079/plo_15-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2079/plo_15-2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL NOS VENCIMENTOS DOS SERVIDORES PÚBLICOS NO MUNICÍPIO DE BOM JARDIM DE MINAS, ATUALIZA O PISO SALARIAL DOS AGENTES COMUNITÁRIOS DE SAÚDE E AGENTES DE COMBATE A ENDEMIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2080/plo_16-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2080/plo_16-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de logradouro público e dá outras providências</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2083/plo_17-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2083/plo_17-2024.pdf</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2084/plo_18-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2084/plo_18-2024.pdf</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
     <t>Mesa Diretora - MSD</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2085/plo_19-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2085/plo_19-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a revisão anual salarial dos Servidores e Agentes Políticos do Legislativo Municipal de Bom Jardim de Minas e dá outras providências".</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2090/plo_20-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2090/plo_20-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Denominação de logradouro público e dá outras providências."</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2091/plo_21-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2091/plo_21-2024.pdf</t>
   </si>
   <si>
     <t>"Regulamenta a progressão funcional dos Servidores Efetivos da Câmara Municipal de Bom Jardim de Minas, conforme determina a Resolução nº 16 de 2019 e dá outras providências."</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2092/plo_22-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2092/plo_22-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre Denominação de logradouro público e dá outras providências”</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2093/plo_23-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2093/plo_23-2024.pdf</t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2101/plo_24-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2101/plo_24-2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a denominação de logradouro público e dá outras providências.”</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2102/plo_25-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2102/plo_25-2024.pdf</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2103/plo_26-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2103/plo_26-2024.pdf</t>
   </si>
   <si>
     <t>ALTERA A REMUNERAÇÃO DO CARGO PÚBLICO DE MÉDICO (PLANTÃO) DO QUADRO DOS SERVIDORES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2104/plo_27-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2104/plo_27-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a divulgação de Boletim Informativo sobre casos de dengue no Município de Bom Jardim de  Minas e dá outras providências."</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2111/plo_28-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2111/plo_28-2024.pdf</t>
   </si>
   <si>
     <t>“Fixa o valor do subsídio dos vereadores para a Legislatura que se inicia de 1º de janeiro de 2025.”</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2114/plo_29-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2114/plo_29-2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza Abertura de Crédito Adicional Suplementar no valor de R$ 25.585,00 e dá outras Providências."</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2115/plo_30-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2115/plo_30-2024.pdf</t>
   </si>
   <si>
     <t>"Autoiza o Poder Executivo Municipal a celebrar Termo de Fomento com a Sociedade Beneficente (Lar Divino Espírito Santo) e dá outras providências."</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2116/plo_31-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2116/plo_31-2024.pdf</t>
   </si>
   <si>
     <t>"Altera o valor da Subvenção a Associação Beneficente Divino Espírito Santo, prevista na Lei Municipal 1.804/2024 e dá outras providências."</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2129/plo_32-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2129/plo_32-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre normas e critérios para o funcionamento do plantão de farmácias e drogarias no município de Bom Jardim de Minas/MG e dá outras providências."</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2130/plo_33-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2130/plo_33-2024.pdf</t>
   </si>
   <si>
     <t>"Denomina espaços públicos e dá outras providêmcias,"</t>
   </si>
   <si>
     <t>2142</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2142/plo_34-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2142/plo_34-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Gratificação de plantão e sobreaviso para o membro do conselho tutelar e dá outras providências."</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2135/plo_35-2024..pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2135/plo_35-2024..pdf</t>
   </si>
   <si>
     <t>"Altera o valor das subvenções das entidades que menciona, e dá outras providências".</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2145/plo_36-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2145/plo_36-2024.pdf</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2146/plo_37-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2146/plo_37-2024.pdf</t>
   </si>
   <si>
     <t>“Revoga a Lei 1821 de 2024 e dispõe sobre a denominação de logradouro público e dá outras providências.”</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2148/plo_38-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2148/plo_38-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as diretrizes para a elaboração e a execução da Lei Orçamentária do exercício financeiro de 2025 e dá outras providências."</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2160/plo_39-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2160/plo_39-2024.pdf</t>
   </si>
   <si>
     <t>“Institui o estímulo à disponibilização de pranchas de comunicação tanto em âmbito público, quanto privado, inclusive nos comércios de Bom Jardim de Minas - MG, com o objetivo de promover a inclusão e facilitar a comunicação de pessoas com Transtorno do Espectro Autista – TEA.”</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2161/plo_40-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2161/plo_40-2024.pdf</t>
   </si>
   <si>
     <t>"Proibe a queima, soltura e manuseio de fogos de artifício e artefatos pirotécnicos de alto impacto sonoro, tecnicamente classificados como "fogos estampido"e "artigos explosivos."</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2162/plo_41-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2162/plo_41-2024.pdf</t>
   </si>
   <si>
     <t>"Denomina espaço público - "Área de Recreação Jefferson Júnior de Carvalho Nunes Landim"</t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2163/plo_42-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2163/plo_42-2024.pdf</t>
   </si>
   <si>
     <t>"Denomina espaço público - "Casa de Inclusão Lorenzo Philipe Inácio Ferreira"</t>
   </si>
   <si>
     <t>2170</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2170/plo_43-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2170/plo_43-2024.pdf</t>
   </si>
   <si>
     <t>" Altera o artigo 1º da Lei nº 1.829/2024, a qual dispõe sobre a divulgação de Boletim dos casos de dengue no município de Bom Jardim de Minas e dá outras providências.”</t>
   </si>
   <si>
     <t>2173</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2173/plo_44-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2173/plo_44-2024.pdf</t>
   </si>
   <si>
     <t>"Denomina espaço público- "Casa da Saúde Margarida José Leandro".</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2174/plo_45-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2174/plo_45-2024.pdf</t>
   </si>
   <si>
     <t>"Denomina espaço público- "Ponte Ana Carolina da Silva."</t>
   </si>
   <si>
     <t>2197</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2197/plo_46-24.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2197/plo_46-24.pdf</t>
   </si>
   <si>
     <t>"Denomina espaço público-Laboratório de Enfermagem Ângela Maria Almeida de Souza -"Ângela Izalina."</t>
   </si>
   <si>
     <t>2203</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2203/plo_47-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2203/plo_47-2024.pdf</t>
   </si>
   <si>
     <t>"Insere no Orçamento vigente a natureza de despesa no valor de R$ 1.510,00 (Um mil quinhentos e dez reais) que menciona e dá outras providências."</t>
   </si>
   <si>
     <t>2204</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2204/plo_48-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2204/plo_48-2024.pdf</t>
   </si>
   <si>
     <t>“Institui a campanha “Agosto Dourado”, dedicada à conscientização sobre a importância do aleitamento materno e da doação de leite materno, no âmbito do município de Bom Jardim de Minas - MG."</t>
   </si>
   <si>
     <t>2214</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2214/plo_49-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2214/plo_49-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE LOGRADOURO PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2217</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2217/plo_50-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2217/plo_50-2024.pdf</t>
   </si>
   <si>
     <t>INSTITUI O "PROGRAMA CORUJÃO DA SAÚDE" NO ÂMBITO DO MUNICÍPIO DE BOM JARDIM DE MINAS.</t>
   </si>
   <si>
     <t>2223</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2223/plo_51-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2223/plo_51-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA FEIRA DA ROÇA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2233</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2233/plo_52.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2233/plo_52.pdf</t>
   </si>
   <si>
     <t>"Estima a Receita e fixa a Despesa do Município de Bom Jardim de Minas para o exercício de 2025"</t>
   </si>
   <si>
     <t>2234</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2234/plo_53.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2234/plo_53.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a concessão de subvenções sociais às entidades que menciona e dá outras providências"</t>
   </si>
   <si>
     <t>2241</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2241/pl.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2241/pl.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal de Atendimento aos Direitos da Criança e do Adolescente e dá outras providências"</t>
   </si>
   <si>
     <t>2242</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2242/projeto_.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2242/projeto_.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial no valor de R$ 68.603,79 (Sessenta e oito mil, seiscentos e três reais e setenta e nove centavos) e dá_x000D_
 outras providências"</t>
   </si>
   <si>
     <t>2243</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2243/projeto.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2243/projeto.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial no valor de R$ 40.236,69 (Quarenta mil, duzentos e trinta e seis reais e sessenta e nove centavos) e dá_x000D_
 outras providências."</t>
   </si>
   <si>
     <t>2244</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2244/projeto.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2244/projeto.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial no valor de R$ 2.377,31 (Dois mil, trezentos e setenta e sete reais e trinta e um centavos) e dá outras_x000D_
 providências."</t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Erivelton Rodrigues da Silva, Pedro Vanderli Rezende</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2251/plo_58-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2251/plo_58-2024.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CAMPANHA MUNICIPAL DE PREVENÇÃO A QUEIMADAS E DESMATAMENTO NAS ESCOLAS MUNICIPAIS DE BOM JARDIM DE MINAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2252/plo_59.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2252/plo_59.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Suplementar no valor de R$ 108.500,00 e dá outras providências."</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2253/plo_60.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2253/plo_60.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Suplementar no valor de R$ 1.094.750,00 e dá outras providências "</t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2255/plo_61.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2255/plo_61.pdf</t>
   </si>
   <si>
     <t>"Denomina espaço público- Balança de Pesagem de Gado - "Balança Prefeito Manoel Landim""</t>
   </si>
   <si>
     <t>2256</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2256/plo_62-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2256/plo_62-2024.pdf</t>
   </si>
   <si>
     <t>2258</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2258/projeto_de_lei_no_63-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2258/projeto_de_lei_no_63-2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DENOMINAÇÃO DE LOGRADOURO PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>2277</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2277/plo_64-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2277/plo_64-2024.pdf</t>
   </si>
   <si>
     <t>2283</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2283/projeto_de_lei_65.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2283/projeto_de_lei_65.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O MUNICÍPIO DE BOM JARDIM DE MINAS A CELEBRAR CONVÊNIO DE COOPERAÇÃO MÚTUA COM OS MUNICÍPIOS DA COMARCA DE ANDRELÂNDIA, PARA IMPLANTAÇÃO E MANUTENÇÃO DA CASA DE ACOLHIMENTO PARA CRIANÇA E ADOLESCENTE EM SITUAÇÃO DE RISCO, COM VÍNCULOS FAMILIARES ROMPIDOS OU FRAGILIZADOS".</t>
   </si>
   <si>
     <t>2302</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2302/projeto_de_lei_66-2024..pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2302/projeto_de_lei_66-2024..pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Suplementar no valor de R$ 500.000,00 nas dotações do Município de Bom Jardim de Minas".</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2066/pr_01-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2066/pr_01-2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza a filiação da Câmara Municipal de Bom Jardim de Minas – MG, na Associação das Câmaras Municipais e Vereadores - ACAM e dá outras providências."</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
     <t>Pedro Vanderli Rezende, Alexsandro de Almeida Nardy, Ronicelson de Andrade Pereira</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2081/pre_02-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2081/pre_02-2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE AUXÍLIO-ALIMENTAÇÃO OU CARTÃO ALIMENTAÇÃO AOS SERVIDORES DO QUADRO DE PESSOAL DO PODER LEGISLATIVO, E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2082/pre_03-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2082/pre_03-2024.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER LEGISLATIVO A CONTRATAR SERVIÇOS DE ASSISTÊNCIA MÉDICA, AMBULATORIAL E HOSPITALAR PARA OS SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE BOM JARDIM DE MINAS E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
     <t>COFTC - Comissão De Finanças, Orçamento E Tomada De Contas</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2245/pre_04-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2245/pre_04-2024.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE BOM JARDIM DE MINAS RELATIVAS AO EXERCÍCIO DE 2021.</t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2248/pre_05-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2248/pre_05-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ADMINISTRAÇÃO, DEFINIÇÃO DE CONCEITOS E PROCEDIMENTOS PARA LEVANTAMENTO DE INVENTÁRIO, INCORPORAÇÃO, BAIXA E CONTROLE DOS BENS PATRIMONIAIS DA CÂMARA MUNICIPAL DE BOM JARDIM DE MINAS.</t>
   </si>
   <si>
     <t>2278</t>
   </si>
   <si>
     <t>Eliana Maria Nunes, Erivelton Rodrigues da Silva, Manoel Carlos de Souza Abbud, Mateus Carvalho Vitoriano</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2278/pre_06-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2278/pre_06-2024.pdf</t>
   </si>
   <si>
     <t>INSTITUI O NOVO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE BOM JARDIM DE MINAS.</t>
   </si>
   <si>
     <t>2285</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2285/pre_07-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2285/pre_07-2024.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE BOM JARDIM DE MINAS RELATIVA AO EXERCÍCIO DE 2023.</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>EMENDA</t>
   </si>
   <si>
     <t>CLJR - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2088/emenda_01_plo_14-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2088/emenda_01_plo_14-2024.pdf</t>
   </si>
   <si>
     <t>"Altera o texto da ementa do PLO 14/2024."</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2089/emenda_01_plo_15-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2089/emenda_01_plo_15-2024.pdf</t>
   </si>
   <si>
     <t>Altera o texto da ementa do PLO 15/2024."</t>
   </si>
   <si>
     <t>2099</t>
   </si>
   <si>
     <t>Comissões - CMS</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2099/emenda_pr_02-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2099/emenda_pr_02-2024.pdf</t>
   </si>
   <si>
     <t>"Inclui o inciso IV no Artigo 2º no  PR 02-2024."</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2100/emenda_01_pr_03-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2100/emenda_01_pr_03-2024.pdf</t>
   </si>
   <si>
     <t>"Inclui o § 4º no Artigo 1º do PR 03-2024."</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2113/emenda_plo_21-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2113/emenda_plo_21-2024.pdf</t>
   </si>
   <si>
     <t>"Altera o Paragráfo Único do Artigo 3º do PLO 21-2024."</t>
   </si>
   <si>
     <t>2185</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2185/emenda_01_plo_44-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2185/emenda_01_plo_44-2024.pdf</t>
   </si>
   <si>
     <t>"Altera o texto do Artigo 1º do Projeto de Lei nº 44/2024."</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2186/emenda_01_plc_06-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2186/emenda_01_plc_06-2024.pdf</t>
   </si>
   <si>
     <t>"Altera o Artigo 3º do PLC 06/2024."</t>
   </si>
   <si>
     <t>2187</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2187/emenda_01_plo_38-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2187/emenda_01_plo_38-2024.pdf</t>
   </si>
   <si>
     <t>"Altera o § 2º do Artigo 2º do PLO 38/2024. LDO"</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2188/emenda_02_plo_38-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2188/emenda_02_plo_38-2024.pdf</t>
   </si>
   <si>
     <t>" Altera os textos do caput do Artigo 8º, e inclui parágrafos, ao PLO 38/2024-LDO."</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2189/emenda_03_plo_38-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2189/emenda_03_plo_38-2024.pdf</t>
   </si>
   <si>
     <t>"Altera o texto do Artigo 10 do PLO 38/2024-LDO."</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2190/emenda_04_plo_38-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2190/emenda_04_plo_38-2024.pdf</t>
   </si>
   <si>
     <t>"Altera o texto do Artigo 11 do PLO 38/2024-LDO."</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2191/emenda__plo_38-2024-_05.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2191/emenda__plo_38-2024-_05.pdf</t>
   </si>
   <si>
     <t>"Incluí um parágrafo no Artigo 17 do PLO 38/2024-LDO"</t>
   </si>
   <si>
     <t>2192</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2192/emenda_06_plo_38-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2192/emenda_06_plo_38-2024.pdf</t>
   </si>
   <si>
     <t>"Altera o texto do Artigo 25 do PLO 38/2024-LDO."</t>
   </si>
   <si>
     <t>2212</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2212/emenda_01_plc_07-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2212/emenda_01_plc_07-2024.pdf</t>
   </si>
   <si>
     <t>"Incluí o Parágrafo Único no artigo 1º do PLC 07/2024."</t>
   </si>
   <si>
     <t>2215</t>
   </si>
   <si>
     <t>CLJR - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, COFTC - Comissão De Finanças, Orçamento E Tomada De Contas</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2215/emenda_plo_47-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2215/emenda_plo_47-2024.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa ao PLO nº 47/2024Fica alterado o texto do artigo 3º, passando seu conteúdo para o artigo 4º, passando a contar com a seguinte redação (...)</t>
   </si>
   <si>
     <t>2228</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2228/emenda_plo_50-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2228/emenda_plo_50-2024.pdf</t>
   </si>
   <si>
     <t>PLO 50/2024: "FICA ALTERADO OS TEXTOS DOS ARTIGOS 5º E 6º, PASSANDO A CONTAR COM A SEGUINTE REDAÇÃO:"</t>
   </si>
   <si>
     <t>2232</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2232/emenda_plo_51-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2232/emenda_plo_51-2024.pdf</t>
   </si>
   <si>
     <t>Emenda aditiva ao PLO nº 51/2024, art. 1º: "Fica a Feira da Roça Municipal denominada "Feira da Roça Eliezer Andrade - Zinho"'.</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
     <t>CLJR - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, CESAS - Comissão De Educação, Saúde, Assistência Social</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2249/emenda_01_plo_54.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2249/emenda_01_plo_54.pdf</t>
   </si>
   <si>
     <t>PLO nº 54/2024: "Fica o artigo 99 sendo o teor do artigo 47, passando os demais dispositivos a serem a sua sequência numérica, além de ficar alterado o número da lei de licitações, passando a contar com a seguinte redação:"</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2250/emenda_02_plo_54.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2250/emenda_02_plo_54.pdf</t>
   </si>
   <si>
     <t>PLO nº 54/2024: "Fica alterado o texto do artigo 54, passando a contar com a seguinte redação:"</t>
   </si>
   <si>
     <t>2260</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2260/emenda_plo_32.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2260/emenda_plo_32.pdf</t>
   </si>
   <si>
     <t>PLO Nº 32/2024: "FICAM INCLUÍDOS OS §§ 1º, 2º E 3º NO ARTIGO 1º"</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
     <t>CLJR - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, CTOP - Comissão De Transporte E Obras Públicas</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2261/emenda_01_plc_01-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2261/emenda_01_plc_01-2024.pdf</t>
   </si>
   <si>
     <t>EMENDA 01 (MODIFICATIVA) AO PLC Nº 01/2024: "FICA ALTERADO NO CORPO DO PL A SIGLA 'UFPM', PASSANDO A MESMA A SER 'UFM'"</t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2262/emenda_02_plc_01-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2262/emenda_02_plc_01-2024.pdf</t>
   </si>
   <si>
     <t>EMENDA 02 (ADITIVA) AO PLC 01/2024: "INCLUI TEXTO NO PARÁGRAFO ÚNICO DO ARTIGO 40"</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2263/emenda_01_plc_04-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2263/emenda_01_plc_04-2024.pdf</t>
   </si>
   <si>
     <t>EMENDA 01 (MODIFICATIVA) AO PLC 04/2024: FICA ALTERADO EM TODO O PROJETO O TERMO 'PMB', PASSANDO OS MESMOS A 'PMBJM', EM ALUSÃO À PREFEITURA MUNICIPAL DE BOM JARDIM DE MINAS"</t>
   </si>
   <si>
     <t>2264</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2264/emenda_02_plc_04-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2264/emenda_02_plc_04-2024.pdf</t>
   </si>
   <si>
     <t>EMENDA 02 (SUPRESSIVA) AO PLC 04/2024: "FICA SUPRIMIDO PARTE DO TEXTO DO INCISO XI DO ARTIGO 6º"</t>
   </si>
   <si>
     <t>2265</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2265/emenda_03_plc_04-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2265/emenda_03_plc_04-2024.pdf</t>
   </si>
   <si>
     <t>EMENDA 03 (SUPRESSIVA) AO PLC 04/2024: "FICA SUPRIMIDO O TERMO 'INDUSTRIAIS' DO TEXTO DO INCISI II, DO § 4º DO ARTIGO 16"</t>
   </si>
   <si>
     <t>2266</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2266/emenda_04_plc_04-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2266/emenda_04_plc_04-2024.pdf</t>
   </si>
   <si>
     <t>EMENDA 04 (MODIFICATIVA) AO PLC 04/2024: "FICA ALTERADO O TEXTO DO ARTIGO 17"</t>
   </si>
   <si>
     <t>2267</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2267/emenda_05_plc_04-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2267/emenda_05_plc_04-2024.pdf</t>
   </si>
   <si>
     <t>EMENDA 05 (ADITIVA) AO PLC 04/2024: INSERE O TERMO 'PREFEITURA MUNICIPAL DE BOM JARDIM DE MINAS' NO TEXTO DA ALÍNEA 'D' DO ARTIGO 24"</t>
   </si>
   <si>
     <t>2268</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2268/emenda_06_plc_04-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2268/emenda_06_plc_04-2024.pdf</t>
   </si>
   <si>
     <t>EMENDA 06 (ADITIVA) AO PLC 04/2024: "INSERE UMA FRASE AO FINAL DO ARTIGO 29"</t>
   </si>
   <si>
     <t>2269</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2269/emenda_07_plc_04-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2269/emenda_07_plc_04-2024.pdf</t>
   </si>
   <si>
     <t>EMENDA 07 (SUPRESSIVA) AO PLC 04/2024: "SUPRIME PARTE DO ARTIGO 33"</t>
   </si>
   <si>
     <t>2270</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2270/emenda_08_plc_04-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2270/emenda_08_plc_04-2024.pdf</t>
   </si>
   <si>
     <t>EMENDA 08 (ADITIVA) AO PLC 04/2024: "ALTERA O TEXTO DO ARTIGO 35 E INCLUI PARÁGRAFO ÚNICO NO MESMO ARTIGO"</t>
   </si>
   <si>
     <t>2271</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2271/emenda_09_plc_04-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2271/emenda_09_plc_04-2024.pdf</t>
   </si>
   <si>
     <t>EMENDA 09 (ADITIVA) AO PLC 04/2024: "ALTERA O TEXTO DO ARTIGO 36"</t>
   </si>
   <si>
     <t>2272</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2272/emenda_10_plc_04-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2272/emenda_10_plc_04-2024.pdf</t>
   </si>
   <si>
     <t>EMENDA 10 (ADITIVA) AO PLC 04/2024: ALTERA O TEXTO DO ARTIGO 39"</t>
   </si>
   <si>
     <t>2273</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2273/emenda_11_plc_04-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2273/emenda_11_plc_04-2024.pdf</t>
   </si>
   <si>
     <t>EMENDA 11 (ADITIVA) AO PLC 04/2024: "INCLUI O PARÁGRAFO ÚNICO NO ARTIGO 45"</t>
   </si>
   <si>
     <t>2274</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2274/emenda_03_plc_01-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2274/emenda_03_plc_01-2024.pdf</t>
   </si>
   <si>
     <t>EMENDA 03 (ADITIVA) AO PLC 01/2024: "INCLUI A SEÇÃO III AO CAPÍTULO V, ACRESCENTA OS ARTIGOS 27-A E 168-A"</t>
   </si>
   <si>
     <t>2275</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2275/emenda_01_plc_02-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2275/emenda_01_plc_02-2024.pdf</t>
   </si>
   <si>
     <t>EMENDA AO PLC 02/2024: "INCLUI O PARÁGRAFO 3º NO ARTIGO 4º"</t>
   </si>
   <si>
     <t>2276</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2276/emenda_12_plc_04-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2276/emenda_12_plc_04-2024.pdf</t>
   </si>
   <si>
     <t>EMENDA 12 (ADITIVA) AO PLC 04/2024: "INCLUI O TÍTULO VI, O QUAL CONTA COM ALGUMAS INSERÇÕES DE ARTIGOS"</t>
   </si>
   <si>
     <t>2279</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2279/emenda_01_-_loa.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2279/emenda_01_-_loa.pdf</t>
   </si>
   <si>
     <t>Emenda 01 (Supressiva, Modificativa e Aditiva) - PLO nº 52/2024 (LOA): Reformula o artigo 4º do Projeto.</t>
   </si>
   <si>
     <t>2280</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2280/emenda_02_-_loa.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2280/emenda_02_-_loa.pdf</t>
   </si>
   <si>
     <t>Emenda 02 (Aditiva) - PLO nº 52/2024 (LOA): Reformula o artigo 6º do projeto, passando seu teor para o último artigo.</t>
   </si>
   <si>
     <t>2281</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2281/emenda_03_-_loa.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2281/emenda_03_-_loa.pdf</t>
   </si>
   <si>
     <t>Emenda 03 (Aditiva) ao PLO nº 52/2024 (LOA): Inclui o artigo 7º no projeto.</t>
   </si>
   <si>
     <t>2284</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2284/emenda_04_-_loa.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2284/emenda_04_-_loa.pdf</t>
   </si>
   <si>
     <t>Emenda 04 (Supressiva, Modificativa e Aditiva) ao PLO nº 52/2024 (LOA): Reformula o artigo 4º do projeto.</t>
   </si>
   <si>
     <t>2286</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2286/emenda_01_ao_plc_08-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2286/emenda_01_ao_plc_08-2024.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva ao PLC nº 08/2024: Altera o texto do artigo 2º, passando seu teor para o artigo 3º.</t>
   </si>
   <si>
     <t>2287</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2287/emenda_01_ao_plc_09-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2287/emenda_01_ao_plc_09-2024.pdf</t>
   </si>
   <si>
     <t>Emenda 01 (Modificativa) ao PLC nº 09/2024: Altera o texto do artigo 3º do PLC.</t>
   </si>
   <si>
     <t>2288</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2288/emenda_02_ao_plc_09-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2288/emenda_02_ao_plc_09-2024.pdf</t>
   </si>
   <si>
     <t>Emenda 02 (Aditiva) ao PLC nº 09/2024: FICA ALTERADO O TEXTO DO ARTIGO 2º DO PLC, NA PARTE QUE DIZ RESPEITO À INCLUSÃO DO ARTIGO 319-A.</t>
   </si>
   <si>
     <t>2304</t>
   </si>
   <si>
     <t>CEARI - Comissão Especial - Análise do Regimento Interno</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2304/emenda_n_01_ao_pre_6.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2304/emenda_n_01_ao_pre_6.pdf</t>
   </si>
   <si>
     <t>Emenda n° 1(supressiva) Fica alterado o texto do artigo do inciso IV do artigo 13 do presente projeto.</t>
   </si>
   <si>
     <t>2305</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2305/emenda_n_02_ao_pre_6.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2305/emenda_n_02_ao_pre_6.pdf</t>
   </si>
   <si>
     <t>Emenda 02(Supressiva) Fica alterado o texto do inciso I do artigo 15 do presente projeto.</t>
   </si>
   <si>
     <t>2306</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2306/emenda_n_03_ao_pre_6.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2306/emenda_n_03_ao_pre_6.pdf</t>
   </si>
   <si>
     <t>Emenda 03(modificativa) Fica alterado o texto do artigo do inciso VIII do artigo 15 do presente projeto.</t>
   </si>
   <si>
     <t>2307</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2307/emenda_n_04_ao_pre_6.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2307/emenda_n_04_ao_pre_6.pdf</t>
   </si>
   <si>
     <t>Emenda 04 (supressiva) Fica suprimido o texto do § 1º do artigo 16 do referido projeto.</t>
   </si>
   <si>
     <t>2308</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2308/emenda_n_05_ao_pre_6.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2308/emenda_n_05_ao_pre_6.pdf</t>
   </si>
   <si>
     <t>Emenda 05(modificativa) Fica alterado o texto do § 3º do artigo 16.</t>
   </si>
   <si>
     <t>2309</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2309/emenda_n_06_ao_pre_6.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2309/emenda_n_06_ao_pre_6.pdf</t>
   </si>
   <si>
     <t>Emenda 06(modificativa) Fica alterado o texto do artigo 28.</t>
   </si>
   <si>
     <t>2310</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2310/emenda_n_07_ao_pre_6.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2310/emenda_n_07_ao_pre_6.pdf</t>
   </si>
   <si>
     <t>Emenda nº 07(modificativa) Ficam renumerados os parágrafos do artigo 41, inciso III.</t>
   </si>
   <si>
     <t>2311</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2311/emenda_n_08_ao_pre_6.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2311/emenda_n_08_ao_pre_6.pdf</t>
   </si>
   <si>
     <t>Emenda nº 08(modificativa) Fica alterado o texto do artigo 47 do referido projeto.</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
     <t>VTO</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2069/mensagem_de_veto_plo_69-2023.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2069/mensagem_de_veto_plo_69-2023.pdf</t>
   </si>
   <si>
     <t>"Veto total por Inconstitucionalidade ao PLO 69/2023."</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2138/mensagem_de_veto.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2138/mensagem_de_veto.pdf</t>
   </si>
   <si>
     <t>"Veto total por inconstitucionalidade ao PLO 028/2024."</t>
   </si>
   <si>
     <t>2147</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2147/veto_03-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2147/veto_03-2024.pdf</t>
   </si>
   <si>
     <t>"Veto Parcial por insconstitucionalidade ao Plo 27/2024."</t>
   </si>
   <si>
     <t>2237</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2237/veto_ao_plo_50-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2237/veto_ao_plo_50-2024.pdf</t>
   </si>
   <si>
     <t>Mensagem de Veto ao Projeto de Lei nº 50/2024.</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2132/plc_01-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2132/plc_01-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Código de Obras do Município de Bom Jardim de Minas."</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2133/plc_02-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2133/plc_02-2024.pdf</t>
   </si>
   <si>
     <t>"institui o Código Sanitário do Município de Bom Jardim de Minas e dá outras providências."</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2134/plc_03_2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2134/plc_03_2024.pdf</t>
   </si>
   <si>
     <t>"Estabelece o mapa oficial do Perímetro Urbano do Município de Bom Jardim de Minas, do Distrito do Taboão e do povoado da Fazenda do Adolfo, estabelece a Denominação dos bairros, ruas, travessas e logradouros. Ratifica a proibição de alteração de nomes das rua, praças, prédios e espaços públicos, e dá outras providências".</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2136/plc_04-2024_correto.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2136/plc_04-2024_correto.pdf</t>
   </si>
   <si>
     <t>"Estabelece as normas para o parcelamento do solo para fins urbano e rural no Município de Bom Jardim de Minas e dá outras providências."</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2141/plc_05-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2141/plc_05-2024.pdf</t>
   </si>
   <si>
     <t>"Altera o art. 35 da Lei Complementar 005/2010 que Dispõe sobre o Plano de Cargos e Vencimentos dos Servidores Integrantes do Quadro de Pessoal do Magistério da Educação Infantil e Ensino Fundamental da Prefeitura Municipal de Bom Jardim de Minas e dá outras providências."</t>
   </si>
   <si>
     <t>2172</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2172/plc_06-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2172/plc_06-2024.pdf</t>
   </si>
   <si>
     <t>"Inclui a Seção V ao Capítulo II do Título II, da Lei Municipal nº 431 de 30 de novembro de 1.967 (Código Tributário), estabelecendo a previsão de aplicação e arrecadação do ITU Progressivo no Tempo, com fundamento nos artigos 5º a 8º da Lei Federal nº 10.257/2001 e das outras providências."</t>
   </si>
   <si>
     <t>2175</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2175/plc_07-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2175/plc_07-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre alteração do quadro de pessoal do Município de Bom Jardim de Minas e estabelece outras providências."</t>
   </si>
   <si>
     <t>2227</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2227/plc_08-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2227/plc_08-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a reciprocidade para isenção do pagamento de taxa municipais ao estado de Minas Gerais, suas fundações e autarquias, e da outras providências."</t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2259/plc_09-2024..pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2259/plc_09-2024..pdf</t>
   </si>
   <si>
     <t>"ALTERA O ARTIGO 20 E INCLUI NA SEÇÃO I AO CAPÍTULO IV DO TÍTULO II, DA LEI COMPLEMENTAR MUNICIPAL Nº 0022 DE 30 NOVEMBRO DE 2020 (CÓDIGO DE POSTURAS), OS ARTIGO 319-A, 319-B E 319-C, OS QUAIS TRATAM SOBRE A EXIGÊNCIA DE ESTUDO DE IMPACTO DE VIZINHANÇA PARA EMPREENDIMENTOS OU ATIVIDADES COM POTENCIAL DE IMPACTO URBANÍSTICO SIGNIFICATIVO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
     <t>ATM</t>
   </si>
   <si>
     <t>ATO DA MESA</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2075/ato_no_01-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2075/ato_no_01-2024.pdf</t>
   </si>
   <si>
     <t>Homologa a composição das comissões permanentes da Câmara Municipal de Bom Jardim de Minas para o ano legislativo de 2024.</t>
   </si>
   <si>
     <t>2303</t>
   </si>
   <si>
     <t>ATP</t>
   </si>
   <si>
     <t>ATO DO PRESIDENTE</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2303/ato_do_presidente_01.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2303/ato_do_presidente_01.pdf</t>
   </si>
   <si>
     <t>Determina realização da sessão solene de posse fora do recinto da Câmara Municipal</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
     <t>SUBS</t>
   </si>
   <si>
     <t>SUBSTITUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2076/substitutivo_01-2024.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2076/substitutivo_01-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a concessão de subvenções sociais às Entidades que menciona, e dá outras providências".</t>
   </si>
   <si>
     <t>2289</t>
   </si>
   <si>
     <t>EAD</t>
   </si>
   <si>
     <t>EMENDA DE APROPRIAÇÃO DE DESPESA</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2289/emenda_01_-_alexsandro.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2289/emenda_01_-_alexsandro.pdf</t>
   </si>
   <si>
     <t>Emenda de Apropriação de Despesa nº 01/2024: Alexsandro de Almeida Nardy.</t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2290/emenda_02_-_erivelton.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2290/emenda_02_-_erivelton.pdf</t>
   </si>
   <si>
     <t>Emenda de Apropriação de Despesa nº 02/2024: Erivelton Rodrigues da Silva.</t>
   </si>
   <si>
     <t>2291</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2291/emenda_03_-_francisco.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2291/emenda_03_-_francisco.pdf</t>
   </si>
   <si>
     <t>Emenda de Apropriação de Despesa nº 03/2024: Francisco Neto Caetano.</t>
   </si>
   <si>
     <t>2292</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2292/emenda_04_-_manoel.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2292/emenda_04_-_manoel.pdf</t>
   </si>
   <si>
     <t>Emenda de Apropriação de Despesa nº 04/2024: Manoel Carlos de Souza Abbud.</t>
   </si>
   <si>
     <t>2293</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2293/emenda_05_-_mateus.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2293/emenda_05_-_mateus.pdf</t>
   </si>
   <si>
     <t>Emenda de Apropriação de Despesa nº 05/2024: Mateus Carvalho Vitoriano.</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2294/emenda_06_-_eliana.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2294/emenda_06_-_eliana.pdf</t>
   </si>
   <si>
     <t>Emenda de Apropriação de Despesa nº 06/2024: Eliana Maria Nunes.</t>
   </si>
   <si>
     <t>2295</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2295/emenda_07_-_pedro.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2295/emenda_07_-_pedro.pdf</t>
   </si>
   <si>
     <t>Emenda de Apropriação de Despesa nº 07/2024: Pedro Vanderli de Rezende.</t>
   </si>
   <si>
     <t>2296</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2296/emenda_08_-_ronicelson.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2296/emenda_08_-_ronicelson.pdf</t>
   </si>
   <si>
     <t>Emenda de Apropriação de Despesa nº 08/2024: Ronicelson de Andrade Pereira.</t>
   </si>
   <si>
     <t>2297</t>
   </si>
   <si>
     <t>Valdelei Rodrigues da Silva</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2297/emenda_09_-_valdelei.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2297/emenda_09_-_valdelei.pdf</t>
   </si>
   <si>
     <t>Emenda de Apropriação de Despesa nº 09/2024: Valdelei Rodrigues da Silva.</t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
     <t>Bancada do MDB</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2298/emenda_10_-_bancada_do_mdb.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2298/emenda_10_-_bancada_do_mdb.pdf</t>
   </si>
   <si>
     <t>Emenda de Apropriação de Despesa nº 10/2024: Bancada do MDB.</t>
   </si>
   <si>
     <t>2299</t>
   </si>
   <si>
     <t>Bancada do União Brasil</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2299/emenda_11_-_bancada_uniao_brasil.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2299/emenda_11_-_bancada_uniao_brasil.pdf</t>
   </si>
   <si>
     <t>Emenda de Apropriação de Despesa nº 11/2024: Bancada do União Brasil.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2904,67 +2904,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2167/mocao_012024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2086/requerimento_01-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2107/requerimento_02-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2118/requerimento_03-24.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2119/requerimento_04-2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2123/requerimento_05-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2120/requerimento_06-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2125/requerimento_07-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2126/requerimento_08-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2139/requerimento_09-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2153/requerimento_11-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2158/requerimento_12-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2159/requerimento_13-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2164/requerimento_14-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2165/requerimento_15-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2166/requerimento_16-2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2169/requerimento_17-2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2171/requerimento_18-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2178/requerimento_19-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2183/requerimento_20-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2184/requerimento_21-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2194/requerimento_22-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2195/requqerimento_23-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2196/requerimento_24-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2208/requerimento_25-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2209/requerimento_26-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2210/requerimento_27-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2211/requerimento_28-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2218/requerimento_29.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2219/requerimento_30.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2220/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2225/requerimento_32-2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2230/requerimento_33-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2231/requerimento_34-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2236/requerimento_35-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2246/requerimento_36-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2282/requerimento_37-2024.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2087/indicacao_01-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2094/indicacao_02-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2095/indicacao_03-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2105/indicacao_04-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2106/indicacao_05-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2108/indicacao_06-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2109/indicacao_07-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2110/indicacao_08-2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2112/indicacao_09-2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2124/indicacao_10-2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2117/indicacao_11-2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2128/indicacao_12-2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2121/indicacao_13-2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2122/indicacao_14-2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2127/indicacao_15-2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2137/indicacao_16-2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2140/indicacao_17-2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2144/indicacao_18-2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2143/scanner_20240408.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2149/indicacao_20-2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2150/indicacao_21-2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2152/indicacao_22-2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2154/indicacao_023-2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2155/indicacao_024-2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2156/indicacao_025-2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2157/indicacao_26-2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2168/indicacao_27-2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2176/indicacao_28-2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2177/indicacao_29-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2179/indicacao_30-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2180/indicacao_31-2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2181/indicacao_32-2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2182/indicacao_33-2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2193/indicacao_34-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2198/indicacao_35-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2199/indicacao_36-2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2200/indicacao_37-2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2201/indicacao_38-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2202/indicacao_39-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2205/indicacao_40-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2206/indicacao_41-2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2207/indicacao_42-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2213/indicacao_43-2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2216/indicacao_44-2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2221/indicacao_45-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2222/indicacao_46.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2224/indicacao_47-2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2229/indicacao_48-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2235/indicacao_49-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2238/indicacao_50-2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2239/indicacao_51.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2240/indicacao_52-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2247/indicacao_53-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2254/indicacao_54.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2301/indicacao_55-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2300/indicacao_56-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2061/plo_1-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2062/plo_02-2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2063/plo_03-2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2064/projeto_de_lei_04-2024..pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2065/plo_05-2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2067/plo_06-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2068/plo_07-2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2070/plo_08-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2071/plo_09-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2072/plo_10-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2073/plo_11-2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2074/plo_12-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2077/plo_13-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2078/plo_14-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2079/plo_15-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2080/plo_16-2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2083/plo_17-2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2084/plo_18-2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2085/plo_19-2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2090/plo_20-2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2091/plo_21-2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2092/plo_22-2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2093/plo_23-2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2101/plo_24-2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2102/plo_25-2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2103/plo_26-2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2104/plo_27-2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2111/plo_28-2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2114/plo_29-2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2115/plo_30-2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2116/plo_31-2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2129/plo_32-2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2130/plo_33-2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2142/plo_34-2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2135/plo_35-2024..pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2145/plo_36-2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2146/plo_37-2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2148/plo_38-2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2160/plo_39-2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2161/plo_40-2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2162/plo_41-2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2163/plo_42-2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2170/plo_43-2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2173/plo_44-2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2174/plo_45-2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2197/plo_46-24.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2203/plo_47-2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2204/plo_48-2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2214/plo_49-2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2217/plo_50-2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2223/plo_51-2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2233/plo_52.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2234/plo_53.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2241/pl.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2242/projeto_.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2243/projeto.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2244/projeto.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2251/plo_58-2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2252/plo_59.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2253/plo_60.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2255/plo_61.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2256/plo_62-2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2258/projeto_de_lei_no_63-2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2277/plo_64-2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2283/projeto_de_lei_65.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2302/projeto_de_lei_66-2024..pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2066/pr_01-2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2081/pre_02-2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2082/pre_03-2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2245/pre_04-2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2248/pre_05-2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2278/pre_06-2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2285/pre_07-2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2088/emenda_01_plo_14-2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2089/emenda_01_plo_15-2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2099/emenda_pr_02-2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2100/emenda_01_pr_03-2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2113/emenda_plo_21-2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2185/emenda_01_plo_44-2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2186/emenda_01_plc_06-2024.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2187/emenda_01_plo_38-2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2188/emenda_02_plo_38-2024.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2189/emenda_03_plo_38-2024.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2190/emenda_04_plo_38-2024.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2191/emenda__plo_38-2024-_05.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2192/emenda_06_plo_38-2024.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2212/emenda_01_plc_07-2024.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2215/emenda_plo_47-2024.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2228/emenda_plo_50-2024.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2232/emenda_plo_51-2024.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2249/emenda_01_plo_54.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2250/emenda_02_plo_54.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2260/emenda_plo_32.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2261/emenda_01_plc_01-2024.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2262/emenda_02_plc_01-2024.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2263/emenda_01_plc_04-2024.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2264/emenda_02_plc_04-2024.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2265/emenda_03_plc_04-2024.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2266/emenda_04_plc_04-2024.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2267/emenda_05_plc_04-2024.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2268/emenda_06_plc_04-2024.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2269/emenda_07_plc_04-2024.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2270/emenda_08_plc_04-2024.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2271/emenda_09_plc_04-2024.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2272/emenda_10_plc_04-2024.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2273/emenda_11_plc_04-2024.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2274/emenda_03_plc_01-2024.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2275/emenda_01_plc_02-2024.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2276/emenda_12_plc_04-2024.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2279/emenda_01_-_loa.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2280/emenda_02_-_loa.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2281/emenda_03_-_loa.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2284/emenda_04_-_loa.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2286/emenda_01_ao_plc_08-2024.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2287/emenda_01_ao_plc_09-2024.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2288/emenda_02_ao_plc_09-2024.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2304/emenda_n_01_ao_pre_6.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2305/emenda_n_02_ao_pre_6.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2306/emenda_n_03_ao_pre_6.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2307/emenda_n_04_ao_pre_6.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2308/emenda_n_05_ao_pre_6.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2309/emenda_n_06_ao_pre_6.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2310/emenda_n_07_ao_pre_6.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2311/emenda_n_08_ao_pre_6.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2069/mensagem_de_veto_plo_69-2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2138/mensagem_de_veto.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2147/veto_03-2024.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2237/veto_ao_plo_50-2024.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2132/plc_01-2024.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2133/plc_02-2024.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2134/plc_03_2024.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2136/plc_04-2024_correto.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2141/plc_05-2024.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2172/plc_06-2024.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2175/plc_07-2024.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2227/plc_08-2024.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2259/plc_09-2024..pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2075/ato_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2303/ato_do_presidente_01.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2076/substitutivo_01-2024.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2289/emenda_01_-_alexsandro.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2290/emenda_02_-_erivelton.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2291/emenda_03_-_francisco.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2292/emenda_04_-_manoel.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2293/emenda_05_-_mateus.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2294/emenda_06_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2295/emenda_07_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2296/emenda_08_-_ronicelson.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2297/emenda_09_-_valdelei.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2298/emenda_10_-_bancada_do_mdb.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2299/emenda_11_-_bancada_uniao_brasil.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2167/mocao_012024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2086/requerimento_01-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2107/requerimento_02-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2118/requerimento_03-24.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2119/requerimento_04-2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2123/requerimento_05-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2120/requerimento_06-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2125/requerimento_07-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2126/requerimento_08-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2139/requerimento_09-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2153/requerimento_11-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2158/requerimento_12-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2159/requerimento_13-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2164/requerimento_14-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2165/requerimento_15-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2166/requerimento_16-2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2169/requerimento_17-2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2171/requerimento_18-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2178/requerimento_19-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2183/requerimento_20-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2184/requerimento_21-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2194/requerimento_22-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2195/requqerimento_23-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2196/requerimento_24-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2208/requerimento_25-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2209/requerimento_26-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2210/requerimento_27-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2211/requerimento_28-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2218/requerimento_29.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2219/requerimento_30.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2220/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2225/requerimento_32-2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2230/requerimento_33-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2231/requerimento_34-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2236/requerimento_35-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2246/requerimento_36-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2282/requerimento_37-2024.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2087/indicacao_01-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2094/indicacao_02-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2095/indicacao_03-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2105/indicacao_04-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2106/indicacao_05-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2108/indicacao_06-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2109/indicacao_07-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2110/indicacao_08-2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2112/indicacao_09-2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2124/indicacao_10-2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2117/indicacao_11-2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2128/indicacao_12-2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2121/indicacao_13-2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2122/indicacao_14-2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2127/indicacao_15-2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2137/indicacao_16-2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2140/indicacao_17-2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2144/indicacao_18-2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2143/scanner_20240408.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2149/indicacao_20-2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2150/indicacao_21-2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2152/indicacao_22-2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2154/indicacao_023-2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2155/indicacao_024-2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2156/indicacao_025-2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2157/indicacao_26-2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2168/indicacao_27-2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2176/indicacao_28-2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2177/indicacao_29-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2179/indicacao_30-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2180/indicacao_31-2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2181/indicacao_32-2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2182/indicacao_33-2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2193/indicacao_34-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2198/indicacao_35-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2199/indicacao_36-2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2200/indicacao_37-2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2201/indicacao_38-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2202/indicacao_39-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2205/indicacao_40-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2206/indicacao_41-2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2207/indicacao_42-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2213/indicacao_43-2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2216/indicacao_44-2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2221/indicacao_45-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2222/indicacao_46.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2224/indicacao_47-2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2229/indicacao_48-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2235/indicacao_49-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2238/indicacao_50-2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2239/indicacao_51.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2240/indicacao_52-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2247/indicacao_53-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2254/indicacao_54.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2301/indicacao_55-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2300/indicacao_56-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2061/plo_1-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2062/plo_02-2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2063/plo_03-2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2064/projeto_de_lei_04-2024..pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2065/plo_05-2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2067/plo_06-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2068/plo_07-2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2070/plo_08-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2071/plo_09-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2072/plo_10-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2073/plo_11-2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2074/plo_12-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2077/plo_13-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2078/plo_14-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2079/plo_15-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2080/plo_16-2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2083/plo_17-2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2084/plo_18-2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2085/plo_19-2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2090/plo_20-2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2091/plo_21-2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2092/plo_22-2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2093/plo_23-2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2101/plo_24-2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2102/plo_25-2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2103/plo_26-2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2104/plo_27-2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2111/plo_28-2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2114/plo_29-2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2115/plo_30-2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2116/plo_31-2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2129/plo_32-2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2130/plo_33-2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2142/plo_34-2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2135/plo_35-2024..pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2145/plo_36-2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2146/plo_37-2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2148/plo_38-2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2160/plo_39-2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2161/plo_40-2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2162/plo_41-2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2163/plo_42-2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2170/plo_43-2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2173/plo_44-2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2174/plo_45-2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2197/plo_46-24.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2203/plo_47-2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2204/plo_48-2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2214/plo_49-2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2217/plo_50-2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2223/plo_51-2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2233/plo_52.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2234/plo_53.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2241/pl.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2242/projeto_.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2243/projeto.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2244/projeto.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2251/plo_58-2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2252/plo_59.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2253/plo_60.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2255/plo_61.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2256/plo_62-2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2258/projeto_de_lei_no_63-2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2277/plo_64-2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2283/projeto_de_lei_65.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2302/projeto_de_lei_66-2024..pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2066/pr_01-2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2081/pre_02-2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2082/pre_03-2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2245/pre_04-2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2248/pre_05-2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2278/pre_06-2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2285/pre_07-2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2088/emenda_01_plo_14-2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2089/emenda_01_plo_15-2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2099/emenda_pr_02-2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2100/emenda_01_pr_03-2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2113/emenda_plo_21-2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2185/emenda_01_plo_44-2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2186/emenda_01_plc_06-2024.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2187/emenda_01_plo_38-2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2188/emenda_02_plo_38-2024.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2189/emenda_03_plo_38-2024.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2190/emenda_04_plo_38-2024.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2191/emenda__plo_38-2024-_05.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2192/emenda_06_plo_38-2024.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2212/emenda_01_plc_07-2024.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2215/emenda_plo_47-2024.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2228/emenda_plo_50-2024.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2232/emenda_plo_51-2024.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2249/emenda_01_plo_54.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2250/emenda_02_plo_54.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2260/emenda_plo_32.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2261/emenda_01_plc_01-2024.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2262/emenda_02_plc_01-2024.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2263/emenda_01_plc_04-2024.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2264/emenda_02_plc_04-2024.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2265/emenda_03_plc_04-2024.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2266/emenda_04_plc_04-2024.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2267/emenda_05_plc_04-2024.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2268/emenda_06_plc_04-2024.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2269/emenda_07_plc_04-2024.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2270/emenda_08_plc_04-2024.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2271/emenda_09_plc_04-2024.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2272/emenda_10_plc_04-2024.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2273/emenda_11_plc_04-2024.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2274/emenda_03_plc_01-2024.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2275/emenda_01_plc_02-2024.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2276/emenda_12_plc_04-2024.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2279/emenda_01_-_loa.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2280/emenda_02_-_loa.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2281/emenda_03_-_loa.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2284/emenda_04_-_loa.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2286/emenda_01_ao_plc_08-2024.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2287/emenda_01_ao_plc_09-2024.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2288/emenda_02_ao_plc_09-2024.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2304/emenda_n_01_ao_pre_6.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2305/emenda_n_02_ao_pre_6.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2306/emenda_n_03_ao_pre_6.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2307/emenda_n_04_ao_pre_6.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2308/emenda_n_05_ao_pre_6.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2309/emenda_n_06_ao_pre_6.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2310/emenda_n_07_ao_pre_6.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2311/emenda_n_08_ao_pre_6.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2069/mensagem_de_veto_plo_69-2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2138/mensagem_de_veto.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2147/veto_03-2024.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2237/veto_ao_plo_50-2024.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2132/plc_01-2024.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2133/plc_02-2024.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2134/plc_03_2024.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2136/plc_04-2024_correto.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2141/plc_05-2024.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2172/plc_06-2024.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2175/plc_07-2024.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2227/plc_08-2024.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2259/plc_09-2024..pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2075/ato_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2303/ato_do_presidente_01.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2076/substitutivo_01-2024.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2289/emenda_01_-_alexsandro.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2290/emenda_02_-_erivelton.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2291/emenda_03_-_francisco.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2292/emenda_04_-_manoel.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2293/emenda_05_-_mateus.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2294/emenda_06_-_eliana.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2295/emenda_07_-_pedro.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2296/emenda_08_-_ronicelson.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2297/emenda_09_-_valdelei.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2298/emenda_10_-_bancada_do_mdb.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2024/2299/emenda_11_-_bancada_uniao_brasil.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H246"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="35.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="105.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="118.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="117.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>