--- v0 (2025-12-09)
+++ v1 (2026-03-27)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Plenário - PLEN</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Moção de Pesar nº 01, pelo falecimento de Orlando Mauro de Paula.</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Moção de Pesar nº 02, pelo falecimento de Altomiro Martins Gomes</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Moção de Pesar nº 03, pelo falecimento de Ilza de Souza</t>
   </si>
   <si>
     <t>1119</t>
   </si>
@@ -252,247 +252,247 @@
   <si>
     <t>Moção de Pesar pelo falecimento de Raimunda Tereza de Almeida</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento de Raimundo Belizário.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>Sebasttião Flavio de Paula</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/298/requerimento_01-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/298/requerimento_01-2019.pdf</t>
   </si>
   <si>
     <t>Que sejam apresentadas as seguintes informações: _x000D_
 - quais municipios estão filiados a AMARGE;                                  _x000D_
 - Qual  o endereço e o horário de funcionamento da base de apoio ou escritório;                                 _x000D_
 - quais os serviços prestados aos municípios filiados;                                     _x000D_
 - e qual empresa responsável pela manutenção de iluminação pública</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>Rita Maria de Almeida, Sebasttião Flavio de Paula, Valdelei Rodrigues da Silva</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/299/requerimento_02-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/299/requerimento_02-2019.pdf</t>
   </si>
   <si>
     <t>Que sejam apresentadas informações referentes aos convênios firmados por essa repartição pública com empresas privadas</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/300/requerimento_03-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/300/requerimento_03-2019.pdf</t>
   </si>
   <si>
     <t>Que sejam apresentadas informações sobre o estado de manutenção e funcionamento da coleta de lixo, previsto no art. 269 da LOM, que tem a seguinte redação:" O Poder Público Municipal deverá destinar a coleta de lixo em depósito adequado e o reaproveitamento do mesmo, separado o lixo orgânico do inorgânico, para fins específicos"</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>Rita Maria de Almeida, Sebasttião Flavio de Paula</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/301/requerimento_04-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/301/requerimento_04-2019.pdf</t>
   </si>
   <si>
     <t>Que sejam apresentadas informações sobre a empresa que ganhou a licitação da reforma da quadra da Vila Formosa; Cópia da planilha de execução; Pagamentos efetuados para empresa contratada.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/302/requerimento_05-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/302/requerimento_05-2019.pdf</t>
   </si>
   <si>
     <t>Que sejam apresentadas informações sobre o Carro da Saúde do Distrito do Taboão</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>Rita Maria de Almeida</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/303/requerimento_06-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/303/requerimento_06-2019.pdf</t>
   </si>
   <si>
     <t>Como está a execução dos convênios para o calçamento das ruas Osvaldo da Silva Landim, Manoel Gomes do Nascimento (Vila Formosa) e Américo Vespúcio Marques, bairro Hospital</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>Anderson Tiago Nunes Mendonça</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/304/requerimento_07-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/304/requerimento_07-2019.pdf</t>
   </si>
   <si>
     <t>Sobre a consulta da pediatra: Quantas vagas disponíveis e como é feita a marcação</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/305/requerimento_08-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/305/requerimento_08-2019.pdf</t>
   </si>
   <si>
     <t>Que sejam apresentadas informações referentes ao andamento da criação do Plano Diretor Municipal, concedido pela empresa XRTE, como uma das ações compensatórias referentes ás instalações e passagens das linhas de transmissão em nosso município</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>Que sejam apresentadas informações referentes ao andamento da criação dos conselhos municipais de Segurança Pública - COMSEP e o Fundo Municipal de Segurança Pública  - FUMSEP (Lei Municipal nº 1479/2017) e o Conselho Municipal de Desenvolvimento Econômico e Sustentável - COMDES e o fundo Municipal de Desenvlvimento Econômico -FUMDEC (Lei Municipal nº 1478/2017)</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>Ademir Aparecido Rodrigues, Alexsandro de Almeida Nardy, Francisco Neto Caetano, João Atarcíso Martins Machado, Reginaldo Caetano, Rita Maria de Almeida, Sebasttião Flavio de Paula, Valdelei Rodrigues da Silva</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/307/requerimento_010-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/307/requerimento_010-2019.pdf</t>
   </si>
   <si>
     <t>Fornecer uma relação de todas as emendas parlamentares aos orçamentos estadual e/ou federal, que tenham contemplado recursos para o Município de Bom Jardim de Minas, desde o ano de 2017 até a presente data, seja para realização de obras, compra de bens, contratação de serviços ou qualquer outra finalidade bem como informações referentes a´s emendas impositivas enviadas por esta casa legislativa. Informar o objeto de cada uma destas emendas, descrevendo o objeto da obra ou a relação detalhada de bens e serviços adquiridos (conforme o caso) e destacando quais as que não foram concretizadas (repasses) e justificando as que não o foram (se for o caso); No caso de aquisição de bens e serviços já adquiridos ou contratados, enviar cópias dos respectivos empenhos, contratos e notas fiscais; Data de depósito dos recursos de cada emenda nos cofres públicos municipais; Data e numeros dos procesoss licitatórios para aquisição desses bens, obras e serviços</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>Francisco Neto Caetano</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/308/requerimento_011-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/308/requerimento_011-2019.pdf</t>
   </si>
   <si>
     <t>Que sejam apresentadas informações referentes aos braços de luz que foram trocados nas ruas: Miguel Altomare, Centro; Coronel Manoel Vitório Nardy, Niterói; Padre Francisco Rey, Centro.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/309/requerimento_012-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/309/requerimento_012-2019.pdf</t>
   </si>
   <si>
     <t>Que sejam apresentadas informações referentes à utilização de repasses feitos por essa casa legislativa desde 2017 até dezembro de 2018, no que tange à devolução do duodécimo</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>Ademir Aparecido Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/310/requerimento_013-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/310/requerimento_013-2019.pdf</t>
   </si>
   <si>
     <t>Fornecer informações e cópias sobre o processo de licitação da 14ª Exposição Agropecuária e 15ª Festa Country</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>Ademir Aparecido Rodrigues, Sebasttião Flavio de Paula</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/311/requerimento_014-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/311/requerimento_014-2019.pdf</t>
   </si>
   <si>
     <t>Fornecer informações do motivo pelo qual a obra da arquibancada do campo não está em andamento</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>Ademir Aparecido Rodrigues, Alexsandro de Almeida Nardy, Francisco Neto Caetano, João Atarcíso Martins Machado, Reginaldo Caetano, Rita Maria de Almeida, Sebasttião Flavio de Paula</t>
   </si>
   <si>
     <t>Imediata apresentação de projeto de lei para fins de concessão da revisão geral dos vencimentos dos servidores públicos do Poder Executivo Municipal</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/313/requerimento_016-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/313/requerimento_016-2019.pdf</t>
   </si>
   <si>
     <t>Que seja apresentada cópia da Carteira de Trabalho dos motoristas lotados na Prefeitura Municipal, sejam contratados ou efetivos</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>Luiz Carlos Pereira de Souza</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/314/requerimento_017-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/314/requerimento_017-2019.pdf</t>
   </si>
   <si>
     <t>Que sejam apresentadas informações referentes aos Empenhos das Diárias de Viagens de R$ 5.000,00 (Cinco mil reais) da Secretaria de Administração Municipal e R$ 7.000,00( sete mil reais) do Prefeito Municipal no dia 02 de janeiro de 2019</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/315/requerimento_018-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/315/requerimento_018-2019.pdf</t>
   </si>
   <si>
     <t>1. Informar qual é o setor, servidor e/ou comissão responsável pelo controle patrimonial do Município, e qual a base legal para esta vinculação (lei municipal e decretos ou portarias – enviar cópias);2. Informar se o servidor ou comissão responsável possui dedicação exclusiva ao controle patrimonial, ou se exerce outras atividades na Prefeitura;_x000D_
 3. Enviar cópia do último inventário patrimonial elaborado (de bens móveis e imóveis), e informar se está atualizado e compatível com a realidade dos bens de propriedade do Município;_x000D_
 4. Informar quando foi realizada a última conferência do registro patrimonial com a situação física dos bens (existência e localização);_x000D_
 5. Informar se todos os bens se encontram lançados no sistema informatizado de controle;_x000D_
 6. Informar se todos os bens são imediatamente lançados no sistema após sua aquisição;_x000D_
 7.Se os termos de responsabilidade sobre os bens estão atualizados e são consistentes._x000D_
 8. Informar se todos os bens imóveis do Município estão devidamente</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/316/requerimento_019-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/316/requerimento_019-2019.pdf</t>
   </si>
   <si>
     <t>Relação nominal de todos os servidores que foram concedidos Férias prêmio informando o período de concessão do início ao termino e cargo ocupado pelos mesmos referentes aos anos de 2017 a 2019.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>Que sejam apresentadas informações referentes a disponibilização de um professor de apoio em horário integral no período em que estiver na Escola Municipal Monsenhor Nardy, para o aluno portador de Transtorno do Espectro Autista ou Autismo Vitor Rodrigues Ferreira da Cunha, filho da Sra. Marilda Domingas de Paula.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>Quando será enviado a está casa o Projeto de Lei de revisão salarial dos servidores municipais.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Como está o andamento para assinatura do convênio com a polícia civil do estado de Minas Gerais, um vez que o prédio da referida polícia se encontra em mau estado e policiais alegam não ter apoio ao município.</t>
   </si>
@@ -744,1961 +744,1961 @@
 _x000D_
 2) Quais as ações do executivo municipal vem realizando para atender a demanda e as necessidades dessas crianças e famílias. Listar e especificar todas;</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Cópia de todas as Notas Fiscais do atendimento as Emendas Impositivas de 2017 e 2018.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>João Atarcíso Martins Machado</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/154/indicacao_01-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/154/indicacao_01-2019.pdf</t>
   </si>
   <si>
     <t>Que sejam feitos dois quebra-molas na Rua Aristeu Vitório Nardy, na altura dos nº 123 a 148</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/155/indicacao_02-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/155/indicacao_02-2019.pdf</t>
   </si>
   <si>
     <t>Que seja feito uma Boca de lobo na Rua Nair Penedo Neves, no bairro Niterói</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/156/indicacao_03-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/156/indicacao_03-2019.pdf</t>
   </si>
   <si>
     <t>Que seja feito a continuidade de um quebra-molas na Rua Rute Marques</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>Alexsandro de Almeida Nardy</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/157/indicacao_04-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/157/indicacao_04-2019.pdf</t>
   </si>
   <si>
     <t>Que se passe a máquina nas estradas da Comunidade de Debaixo da Serra, na Água Limpa até no Taboão;_x000D_
 _x000D_
 E que seja cortado os matos que estão obstruindo as citadas estradas.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>Que se passe a máquina na estrada do Dois Córregos até na residência dos fazendeiros e sitiantes</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/159/indicacao_06-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/159/indicacao_06-2019.pdf</t>
   </si>
   <si>
     <t>Que seja verificado a possibilidade de se fazer dois banheiros na comunidade dos Dois Córregos, para que os médicos da UBS possam utilizar para atendimento aos moradores</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/160/indicacao_07-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/160/indicacao_07-2019.pdf</t>
   </si>
   <si>
     <t>Que seja realizado capina nas ruas da cidade com grande acúmulo de mato.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/161/indicacao_08-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/161/indicacao_08-2019.pdf</t>
   </si>
   <si>
     <t>Que seja verificado a iluminação de poste e troca das lâmpadas queimadas no município;</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/162/indicacao_09-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/162/indicacao_09-2019.pdf</t>
   </si>
   <si>
     <t>Que seja verificado á troca das luminárias da ponte Ex-prefeito Assis Rodrigues, no Bairro Niterói;</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/163/indicacao_10-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/163/indicacao_10-2019.pdf</t>
   </si>
   <si>
     <t>Que seja feitos Bueiros e Captação de Água Pluvial da Rua C para a Rua Pedro Alves Monteiro, no Bairro Jardim das Paneiras.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/164/indicacao_11-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/164/indicacao_11-2019.pdf</t>
   </si>
   <si>
     <t>Que seja restabelecido o abastecimento de água no povoado Fazenda do Adolfo em caráter urgente</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/165/indicacao_12-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/165/indicacao_12-2019.pdf</t>
   </si>
   <si>
     <t>Que seja enviado Projeto de lei de reajuste salarial dos servidores públicos que fazem jus pelo fato de receberem valor superior a um (01) salário mínimo;_x000D_
 Que seja apresentado a essa casa legislativa, as tratativas do executivo municipal para a concessão do reajuste salarial dos servidores públicos previsto em lei.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>Reginaldo Caetano</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/166/indicacao_13-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/166/indicacao_13-2019.pdf</t>
   </si>
   <si>
     <t>Que fique sempre de sobreaviso um motorista de ambulância</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/167/indicacao_14-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/167/indicacao_14-2019.pdf</t>
   </si>
   <si>
     <t>Que se tome providência sobre o esgoto da rua Luciano Alexandre, nº70 (Perto do Forro da Iracema).</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/168/indicacao_15-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/168/indicacao_15-2019.pdf</t>
   </si>
   <si>
     <t>Que tome providencias de um buraco na Rua 17 de dezembro, nº 145</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/169/indicacao_16-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/169/indicacao_16-2019.pdf</t>
   </si>
   <si>
     <t>Limpeza da rua Cassianinho, bairro Várzea, e construção de um bueiro, próximo a casa do sr. Antônio.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/170/indicacao_17-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/170/indicacao_17-2019.pdf</t>
   </si>
   <si>
     <t>• Reiterando a indicação 039 de abril de 2018, para providenciar junto ao Órgão competente:_x000D_
 _x000D_
 A instalação de braço com luminária nos postes existentes no Bairro Niterói;_x000D_
 _x000D_
 1) Rua Avelino Marcelino de Carvalho, próximo ao nº62;_x000D_
 2)Rua Jose Oscar de Paula, próximo ao n° 371 e 835 (o final desta rua possui três postes todos sem luminária) ;_x000D_
 3)Rua Abrahão Abbud esquina com a Rua Luciano Alexandre; próximo ao n° 89 e outros (extensão de rede elétrica);_x000D_
 4)Rua Luciano Alexandre (totalmente sem iluminação) Bairro Niterói;_x000D_
 5)Rua Cassianinho esquina com a Rua Bom Jesus; Bairro Várzea_x000D_
 6) Rua Adelmar Francisco da Silva, próximo nº20; Bairro Várzea_x000D_
 7) Rua Rute Marques de Paula, em frente ao n° 571 (UNIDADE ESCOLAR) Bairro Várzea_x000D_
             _x000D_
 • Iluminação para a Rua Projetada, Bairro do Hospital;_x000D_
 _x000D_
 • Caso haja algum projeto de execução que se refere a essas e outras vias, que nos  encaminhe cópias. • Em caráter de urgência a substituição de lâmpadas queimadas em toda Zona Urbana e Rural.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>Em caráter de urgência a substituição de lâmpadas queimadas em toda Zona Urbana e Rural.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/172/indicacao_19-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/172/indicacao_19-2019.pdf</t>
   </si>
   <si>
     <t>Pavimentação na rua da subida da COAB e na continuação da rua Genésio de melo Tinoco</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/173/indicacao_20-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/173/indicacao_20-2019.pdf</t>
   </si>
   <si>
     <t>Que seja providenciado EPIS para a equipe da Coleta de Lixo ;</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/174/indicacao_21-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/174/indicacao_21-2019.pdf</t>
   </si>
   <si>
     <t>Que seja providenciado a colocação de Poste de energia na Rua Luciano Alexandre no Bairro Niterói.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/175/indicacao_022-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/175/indicacao_022-2019.pdf</t>
   </si>
   <si>
     <t>Que se possa Capinar, passar máquina, jogar cascalho e trocar as lâmpadas queimadas da Rua Genésio de Mello Tinoco, no bairro Fábrica.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/176/indicacao_023-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/176/indicacao_023-2019.pdf</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/177/indicacao_024-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/177/indicacao_024-2019.pdf</t>
   </si>
   <si>
     <t>A possibilidade de construção de dois redutores de velocidade na rua Rute Marques de Paula nas proximidades da creche, bairro Várzea;</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/178/indicacao_025-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/178/indicacao_025-2019.pdf</t>
   </si>
   <si>
     <t>Que seja verificado da possibilidade de um Castra Móvel na cidade;</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/179/indicacao_026-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/179/indicacao_026-2019.pdf</t>
   </si>
   <si>
     <t>Melhorias e conservação dos prédios escolares  do Centro Educacional Sebastião Delgado de Almeida e Escola Municipal São Sebastião .</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/180/indicacao_027-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/180/indicacao_027-2019.pdf</t>
   </si>
   <si>
     <t>Melhorias no acesso da estrada Quilombo/Três Barras</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/181/indicacao_028-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/181/indicacao_028-2019.pdf</t>
   </si>
   <si>
     <t>Solicito ao executivo para que viabilize a parceria  entre a Polícia Militar  e a Secretária de Educação para que seja implantado no ano letivo de 2019 o programa PROERD (Programa Educacional de Resistência às Drogas) nas escolas Monsenhor Nardy e Escola  Municipal São Sebastião /Taboão</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/182/indicacao_029-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/182/indicacao_029-2019.pdf</t>
   </si>
   <si>
     <t>Que seja colocado dois braços de iluminação no final da Rua Sebastião Ricardo de Carvalho, no Bairro Vila Formosa</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/183/indicacao_030-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/183/indicacao_030-2019.pdf</t>
   </si>
   <si>
     <t>Limpeza nas proximidades da ponte do Córrego Milho Branco , Bairro Niterói e na  Travessa Matozinhos, Bairro Centro</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/184/indicacao_031-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/184/indicacao_031-2019.pdf</t>
   </si>
   <si>
     <t>Limpeza das ruas do Distrito do Taboão, e troca das lâmpadas queimadas;</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/185/indicacao_032-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/185/indicacao_032-2019.pdf</t>
   </si>
   <si>
     <t>Manutenção na Rua Altiva de Souza Carvalho ; _x000D_
 _x000D_
 Manutenção e Capina na Rua Genésio de Melo Tinoco ;_x000D_
 _x000D_
 Manutenção da estrada do Pacau, perto da casa do  Guta e do Saturnino</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/186/indicacao_033-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/186/indicacao_033-2019.pdf</t>
   </si>
   <si>
     <t>Que tome providencias urgentemente sobre a empresa Saint Gobain que esta destruindo a ponte e calçamento, na Comunidade dos Dois Córregos.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/187/indicacao_034-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/187/indicacao_034-2019.pdf</t>
   </si>
   <si>
     <t>Conserto/Reparo da luminária na Rua José Alves Pedrosa enfrente ao Márcio do gás.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>Alexsandro de Almeida Nardy, Reginaldo Caetano</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/188/indicacao_035-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/188/indicacao_035-2019.pdf</t>
   </si>
   <si>
     <t>Que verifique a possibilidade de aumento de salário para os técnicos de enfermagem.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>Manutenção da estrada Sebastião Antônio Tinoco, Bairro Viegas ;</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/190/indicacao_037-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/190/indicacao_037-2019.pdf</t>
   </si>
   <si>
     <t>Que verifique a possibilidade de aumento de vagas para atendimento do pediatra, ou que passar a atender mais uma vez na semana</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/191/indicacao_038-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/191/indicacao_038-2019.pdf</t>
   </si>
   <si>
     <t>Que se intensifique  as ações de combate a dengue e Chikungunya .</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/192/indicacao_039-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/192/indicacao_039-2019.pdf</t>
   </si>
   <si>
     <t>Troca de lâmpadas queimadas na Rua Benevides Cunha ( antiga Rio preto).</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/193/indicacao_040-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/193/indicacao_040-2019.pdf</t>
   </si>
   <si>
     <t>Que seja verificada com urgência a questão dos porcos soltos no Bairro Jardim das Paineiras</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/194/indicacao_041-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/194/indicacao_041-2019.pdf</t>
   </si>
   <si>
     <t>Que se providencie outro médico urologista para o Hospital Municipal para ocupar o lugar do Dr. Paulo, com certa urgência.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/195/indicacao_042-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/195/indicacao_042-2019.pdf</t>
   </si>
   <si>
     <t>Limpeza e capina na Praça  Ex-Combatentes, no Bairro do Niterói.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/196/indicacao_043-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/196/indicacao_043-2019.pdf</t>
   </si>
   <si>
     <t>Que seja feito capina na Rua José Inácio, Bairro Niterói.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/197/indicacao_044-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/197/indicacao_044-2019.pdf</t>
   </si>
   <si>
     <t>Que seja feito dois redutores de velocidade na Rua Rute Marques de Paula, nas proximidades da Creche, Bairro Várzea</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/198/indicacao_45-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/198/indicacao_45-2019.pdf</t>
   </si>
   <si>
     <t>Que seja colocado dois braços de iluminação pública na Rua São João , no Bairro da Fábrica, nas proximidades da casa do Paulinho Filho do Chico Nogueira;_x000D_
 _x000D_
 Que seja vista a possibilidade do caminhão do lixo passar na citada Rua.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/199/indicacao_46-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/199/indicacao_46-2019.pdf</t>
   </si>
   <si>
     <t>Que se possa colocar um encarregado no Distrito do Taboão para cuidar das necessidades imediatas, principalmente no setor de obras e infraestruturas.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/200/indicacao_47-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/200/indicacao_47-2019.pdf</t>
   </si>
   <si>
     <t>Que estude a viabilidade da construção de um quebra-molas na Rua Dulcelia Vitral Abbud, para cima da oficina do Jânio.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/201/indicacao_48-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/201/indicacao_48-2019.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a avaliação especial de desempenho dos servidores nomeados no concurso 01/2014 como prevê o artigo 97 § 4º   LOM   e art.41 § 4º constituição Federal, como também já foi solicitado por um oficio protocolado na câmara municipal e também na prefeitura pelos servidores.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/202/indicacao_49-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/202/indicacao_49-2019.pdf</t>
   </si>
   <si>
     <t>Realização de DOAÇÃO de um terreno do Município à APAE de Bom Jardim de Minas, para construção e instalação de sua sede, solicitando-se que, para tal, seja destinada uma área de 1.150 m2 situada no terreno conhecido como “campo de futebol”, atrás da Creche Municipal, conforme descrito na minuta de projeto de lei que, desde já, estamos ofertando ao Executivo para que seja apresentado ao Poder Legislativo, para a devida fundamentação legal da doação, projeto este que, por ocasião de sua apresentação, deverá ser acompanhado de croqui, certidão de matrícula e laudo de avaliação.”</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/203/indicacao_50-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/203/indicacao_50-2019.pdf</t>
   </si>
   <si>
     <t>Que seja retirado do Campo Municipal os banheiros químicos que foram utilizados na Exposição Agropecuária de 2019.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/204/indicacao_51-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/204/indicacao_51-2019.pdf</t>
   </si>
   <si>
     <t>Que seja realizada capina na parte de cima da Rua Geraldo Tobias de Carvalho, Bairro Niterói.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/205/indicacao_052-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/205/indicacao_052-2019.pdf</t>
   </si>
   <si>
     <t>Que seja feito na emergência do Hospital Municipal a instalação de oxigênio canalizado.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/206/indicacao_053-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/206/indicacao_053-2019.pdf</t>
   </si>
   <si>
     <t>Que sejam colocados dois braços de luminárias na Rua São João, Bairro Fábrica.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/207/indicacao_054-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/207/indicacao_054-2019.pdf</t>
   </si>
   <si>
     <t>Que seja verificado a retirada dos carros parados, na entrada da Vila Formosa.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/208/indicacao_055-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/208/indicacao_055-2019.pdf</t>
   </si>
   <si>
     <t>Que seja verificado o reajuste para os Profissionais do Magistério Municipal.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/209/indicacao_056-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/209/indicacao_056-2019.pdf</t>
   </si>
   <si>
     <t>Que seja realizada manutenção na subida do Cruzeiro.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/210/indicacao_057-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/210/indicacao_057-2019.pdf</t>
   </si>
   <si>
     <t>Revitalização do vestiário e  da quadra poliesportiva Antônio Braz no distrito de Taboão, por se tratar de patrimônio público e deve ser preservado.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/211/indicacao_058-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/211/indicacao_058-2019.pdf</t>
   </si>
   <si>
     <t>Solicito a inclusão dos imóveis residências e lotes localizados no Bairro Viegas no cadastro imobiliário da prefeitura de acordo com a Lei 1520/2019.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/212/indicacao_059-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/212/indicacao_059-2019.pdf</t>
   </si>
   <si>
     <t>Indicação para Compor o Conselho de Segurança Pública;_x000D_
 Poder Legislativo Municipal: Titular Sebasttião Flavio de Paula e suplente Reginaldo Caetano;_x000D_
 Poder Público: Policia Militar Titular Tenente Linus Neiva Marçola e suplente sargento Douglas Duarte da Silva._x000D_
 Sociedade Civil:_x000D_
 a. Titular Marcos Paulo Kelmer e    suplente Antônio Enéias Alves de Paula;_x000D_
 b. Titular Armando José Braz e suplente João Paulo de Almeida;_x000D_
 c. Titular Jose Aurélio de Oliveira;_x000D_
 d.   Titulares Pastor André Felipe Pedrosa (Igreja Batista) e Francisco Mattos (Recanto do Saber).</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/213/indicacao_060-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/213/indicacao_060-2019.pdf</t>
   </si>
   <si>
     <t>Que seja enviado a essa casa legislativa  do Projeto  de adequação do piso Nacional do Magistério, sendo que o mesmo é uma das metas do plano Municipal de Educação e que vem sido acompanhado pelo tribunal de contas  do estado de Minas Gerais, que o mesmo seja retroativo a janeiro de 2019,o reajuste de 4,17% conforme determina o artigo 5º da Lei 11.738 de 16 de julho de 2008._x000D_
 • Qual percentual gasto com despesa de pessoal no primeiro quadrimestre de 2019?_x000D_
 • Que seja enviado o Projeto de Lei do piso salarial dos agentes de Saúde, conforme lei Federal._x000D_
 •  Que seja enviado o Projeto Reajuste anual dos servidores Públicos Municipais, conforme prevê a Lei 09/2014 artigo 15.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/214/indicacao_061-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/214/indicacao_061-2019.pdf</t>
   </si>
   <si>
     <t>Que a antiga caixa d’agua da rodoviária seja colocada no pacau, pois a mesma está danificada</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/215/indicacao_062-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/215/indicacao_062-2019.pdf</t>
   </si>
   <si>
     <t>Uma captação de água pluvial entre a Casa do Sr. Maurício na Rua Liberdade (ao lado da Câmara Municipal) até a Rua Bom Jesus.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/216/indicacao_063-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/216/indicacao_063-2019.pdf</t>
   </si>
   <si>
     <t>Que coloque mais 5 (cinco) braços de iluminação na Rua São João.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/217/indicacao_064-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/217/indicacao_064-2019.pdf</t>
   </si>
   <si>
     <t>Que veja a possibilidade de ser construído banheiro feminino e masculino no parque de exposição de nossa cidade.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/218/indicacao_065-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/218/indicacao_065-2019.pdf</t>
   </si>
   <si>
     <t>De acordo com os estudantes que utilizam o ônibus da faculdade, solicito que a manutenção seja com mais frequência, pois já foi quebrado mias de 2(duas) vezes em um mês. Caso tenha um relatório da revisão favor enviar a esta casa legislativa.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/219/indicacao_066-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/219/indicacao_066-2019.pdf</t>
   </si>
   <si>
     <t>Que veja a possibilidade de manutenção ou troca dos aparelhos da academia localizada no espaço esportivo José Lopes Pereira. (Academia ao ar livre).</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/220/indicacao_067-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/220/indicacao_067-2019.pdf</t>
   </si>
   <si>
     <t>Que veja a possibilidade do aumento dos técnicos de enfermagem.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/221/indicacao_068-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/221/indicacao_068-2019.pdf</t>
   </si>
   <si>
     <t>Que seja verificado na Rua Genésio de Melo Tinoco uma rede de esgoto que está acumulada na rua próximo à entrada da residência do Sr. Chico Nogueira.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>Reginaldo Caetano, Rita Maria de Almeida</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/222/indicacao_069-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/222/indicacao_069-2019.pdf</t>
   </si>
   <si>
     <t>Levando em consideração o disposto nas alíneas “d” e “e” do inciso III, do art. 19 da Deliberação Normativa COPAM nº 217, de 06 de dezembro de 2017 que evidencia a necessidade de licenciar tanto a gestão quanto a disposição final dos resíduos da construção civil._x000D_
 Assim como o inciso III do art. 20 da Lei Federal nº 12.305, de 02 de agosto de 2010 que dispõe sobre a necessidade da elaboração de plano de gerenciamento de resíduos da construção civil. Solicito atenção em caráter emergencial para a disposição irregular dos resíduos de construção civil no município, visando regularizar e ordenar a gestão dos mesmos.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/223/indicacao_070-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/223/indicacao_070-2019.pdf</t>
   </si>
   <si>
     <t>Que seja realizada capina e limpeza nas Ruas Monsenhor Marciano e Manoel Batista Marques, Bairro Centro.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/224/indicacao_071-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/224/indicacao_071-2019.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a retirada do entulho perto da casa da Dona Tereza, no Bairro Vila Formosa.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/225/indicacao_072-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/225/indicacao_072-2019.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a troca de lâmpada queimada na Rua São José, Bairro Fábrica</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/226/indicacao_073-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/226/indicacao_073-2019.pdf</t>
   </si>
   <si>
     <t>Que seja verificado o repetidor de transmissão do SBT e GLOBO, pois não está funcionando adequadamente.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Que seja alocada placas de identificação em todas as ruas do perímetro urbano de Bom Jardim de Minas</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/228/indicacao_075-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/228/indicacao_075-2019.pdf</t>
   </si>
   <si>
     <t>Que verifique a rede esgoto das casas da vila dos franceses que está com manilhas estouradas</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/229/indicacao_076-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/229/indicacao_076-2019.pdf</t>
   </si>
   <si>
     <t>Que sejam alocadas placas de proibição de descarte de lixos em uma das entradas do bairro COAB;_x000D_
 - Que seja feita a limpeza imediata nos lixos já depositados no referido local;_x000D_
 - Que seja apurado se outros municípios estão despejando lixos em território municipal e que caso positivo, que sejam tomadas as devidas providências legais.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/230/indicacao_077-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/230/indicacao_077-2019.pdf</t>
   </si>
   <si>
     <t>Que seja providenciado capina na Rua São Sebastião, bairro Fábrica.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/231/indicacao_078-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/231/indicacao_078-2019.pdf</t>
   </si>
   <si>
     <t>Que sejam efetuadas medidas de manutenção e melhoria em todos os prédios escolares do município.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>Excluída</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/237/indicacao_080-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/237/indicacao_080-2019.pdf</t>
   </si>
   <si>
     <t>Que seja verifique a possibilidade de fazer uma lanchonete com banheiros adequados, uma área de estacionamento e um local para momentos de oração dos visitantes no Cristo redentor do nosso município.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/238/indicacao_081-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/238/indicacao_081-2019.pdf</t>
   </si>
   <si>
     <t>Que se verifique a possibilidade de isenção da taxa de iluminação paga pelo BomJardinense.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Francisco Neto Caetano, João Atarcíso Martins Machado</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/239/indicacao_082-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/239/indicacao_082-2019.pdf</t>
   </si>
   <si>
     <t>Solicitamos trocar os pranchões da ponte da Comunidade do Souza, do lado do Município de Bom Jardim de Minas.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/240/indicacao_083-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/240/indicacao_083-2019.pdf</t>
   </si>
   <si>
     <t>Que se verifique a possibilidade da colocação de 2 redutores de velocidade na Rua Teófilo de Paula Abbud, próximo ao número 410 e da barbearia do Marquinho.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>Solicitação junto á Secretaria Municipal de Obras e Urbanismo de uma avaliação de uma suposta rede águas pluviais que, de acordo com a proprietária do imóvel localizado na Rua Adilson  Alexandre nº 265, bairro centro, transpassa dentro do imóvel da mesma, sob a área onde há uma garagem.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/242/indicacao_085-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/242/indicacao_085-2019.pdf</t>
   </si>
   <si>
     <t>A colocação de duas luminárias na Rua Avelino Marcelino de Carvalho, próxima nº 13 e nº 62 bairro Niterói.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/243/indicacao_086-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/243/indicacao_086-2019.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a ampliação por onde os veículos trafegam na ponte do Sadoth Ribeiro de Carvalho.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/244/indicacao_087-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/244/indicacao_087-2019.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a capina do Bairro Vila dos Franceses.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/245/indicacao_088-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/245/indicacao_088-2019.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a capina na rua Goiás, bairro Fábrica.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/246/indicacao_089-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/246/indicacao_089-2019.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a construção de um Posto de Saúde com uma pequena área de Lazer no Local, hoje ocupado pelas ruinas do antigo Grupo Escolar no Bairro Dois Córregos.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/247/indicacao_090-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/247/indicacao_090-2019.pdf</t>
   </si>
   <si>
     <t>Que seja realizada avaliação técnica estrutural na ponte do Bairro dos Dois Córregos.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/248/indicacao_091-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/248/indicacao_091-2019.pdf</t>
   </si>
   <si>
     <t>Que seja realizada limpeza na área do antigo grupo escolar no Bairro dos Dois Córregos</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/249/indicacao_092-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/249/indicacao_092-2019.pdf</t>
   </si>
   <si>
     <t>Que seja realizada manutenção na estrada que leva a Capela Nossa Senhora da Rosa Mística no Bairro da Vila Formosa.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/250/indicacao_093-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/250/indicacao_093-2019.pdf</t>
   </si>
   <si>
     <t>Que seja retirado o lixo que está sendo jogado na cabeceira de água do terreno do Sr. Zé do Zequinha, próximo a entrada da Usina de reciclagem.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/251/indicacao_094-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/251/indicacao_094-2019.pdf</t>
   </si>
   <si>
     <t>Que seja feito o conserto de alguns leitos danificados no Hospital Municipal de Bom Jardim de Minas.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/252/indicacao_095-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/252/indicacao_095-2019.pdf</t>
   </si>
   <si>
     <t>Que seja colocado 2( dois ) braços de luminárias  na rua Ruth Marques de Paula, em frente a Creche Municipal,  e um na Rua Ademar  ,atrás do Parque de Exposição</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>Valdelei Rodrigues da Silva</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/253/indicacao_096-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/253/indicacao_096-2019.pdf</t>
   </si>
   <si>
     <t>Reforma da ponte da chegada do Distrito do Taboão, e no sentido Taboão Rio Preto.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/254/indicacao_097-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/254/indicacao_097-2019.pdf</t>
   </si>
   <si>
     <t>Manutenção da estrada de Debaixo da Serra, e também limpeza de um bueiro próximo a casa da Cristina Landim</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/255/indicacao_098-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/255/indicacao_098-2019.pdf</t>
   </si>
   <si>
     <t>Que seja reestabelecido o funcionamento do raio-x já existente no Hospital, com máxima urgência.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/256/indicacao_099-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/256/indicacao_099-2019.pdf</t>
   </si>
   <si>
     <t>Implementação de um programa de Habitação de Interesse Social, mediante a DOAÇÃO DE LOTES de terreno a famílias carentes para construção de moradias, por meio da criação de um novo loteamento popular ou da aquisição de áreas e doação de lotes já urbanizados, e disponibilização de assistência técnica (engenheiro) para o projeto e a construção das habitações, nos termos do art. 136 da Lei Orgânica Municipal e da Lei Federal no 11.888/2008.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/257/indicacao_100-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/257/indicacao_100-2019.pdf</t>
   </si>
   <si>
     <t>A Inclusão Pavimentação do acesso da COHAB nos projetos de pavimentação de vias urbanas.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/258/indicacao_101-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/258/indicacao_101-2019.pdf</t>
   </si>
   <si>
     <t>Solicitamos que sejam alocadas placas de sinalização e pinturas refletivas nos redutores de velocidade em todo perímetro urbano, pois a falta dos mesmos vem trazendo bastante transtorno aos motoristas e pedestres. Fato comprovado em um acidente na semana passada na Rua Coronel Manoel Vitório Nardy bairro Niterói próximo mercado Ibrâlandia.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/259/indicacao_102-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/259/indicacao_102-2019.pdf</t>
   </si>
   <si>
     <t>Manutenção na parte elétrica de todas as unidades escolares do município._x000D_
  Reposição de Lâmpadas queimadas ou faltantes em todas as dependências das unidades escolares, principalmente nas salas de aula.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/260/indicacao_103-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/260/indicacao_103-2019.pdf</t>
   </si>
   <si>
     <t>Manutenção na parte elétrica de todas as unidades escolares do município._x000D_
 Reposição de Lâmpadas queimadas ou faltantes em todas as dependências das unidades escolares, principalmente nas salas de aula.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/261/indicacao_104-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/261/indicacao_104-2019.pdf</t>
   </si>
   <si>
     <t>Que seja solucionado o problema dos banheiros entupidos na Escola Balão Mágico.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/262/indicacao_105-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/262/indicacao_105-2019.pdf</t>
   </si>
   <si>
     <t>Que seja solucionado o problema da falta de pisos ou pisos soltando nas unidades escolares, principalmente nas escolas do Taboão e Monsenhor Nardy.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>Reginaldo Caetano, Sebasttião Flavio de Paula</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/263/indicacao_106-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/263/indicacao_106-2019.pdf</t>
   </si>
   <si>
     <t>Que seja feito uma descrição mais detalhada no processo licitatório para a compra de equipamentos hospitalares, buscando assim produtos mais resistentes.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/264/indicacao_107-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/264/indicacao_107-2019.pdf</t>
   </si>
   <si>
     <t>Que seja dado o nome ao Bairro Francisco Nogueira de Paula “Chico Nogueira” ao loteamento onde era sua antiga residência.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/265/indicacao_108-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/265/indicacao_108-2019.pdf</t>
   </si>
   <si>
     <t>Que seja tomado providencia, com urgência sobre um esgoto que se rompeu e esta a céu aberto, perto da Rua abaixo da casa da Dona Irene Abbud, Bairro Vila dos Franceses.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/266/indicacao_109-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/266/indicacao_109-2019.pdf</t>
   </si>
   <si>
     <t>Reiterando a indicação nº041/2019 solicita quem se providencie outro médico urologista para o Hospital Municipal para ocupar o lugar do Dr. Paulo, com certa urgência</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/267/indicacao_110-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/267/indicacao_110-2019.pdf</t>
   </si>
   <si>
     <t>Que seja providenciado a limpeza dos contentores de resíduo sólido na COAB e que seja feito manutenção em uma rede esgoto a céu aberto no mesmo bairro</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/268/indicacao_111-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/268/indicacao_111-2019.pdf</t>
   </si>
   <si>
     <t>Reiterando a indicação nº028/2018 no que se refere à solicitação da construção de uma garagem para guardar os ônibus escolares, carros, caminhões e máquinas no espaço EMAFAM onde os mesmos ficam expostos a ação do tempo</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/269/indicacao_112-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/269/indicacao_112-2019.pdf</t>
   </si>
   <si>
     <t>Que se providencie um médico Neurologista para o Hospital Municipal, com certa urgência.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/270/indicacao_113-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/270/indicacao_113-2019.pdf</t>
   </si>
   <si>
     <t>Que se feito a pavimentação, colocação de energia e esgoto nas ruas Herculano Erasmo de Carvalho, Paralela à Rua Manoel Batista Franco e transversal à Rua João Neves que é a continuação da Rua Antônio Bernardino da Silva e que por sua vez é a continuação da Av. Governador Valadares e Loteamento e Bairro Lava Pés.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/271/indicacao_114-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/271/indicacao_114-2019.pdf</t>
   </si>
   <si>
     <t>Que se faça o conserto da Rua Maria Santo no Bairro Várzea, depois do deposito, pois os bloquetes estão quebrados e rua está em desnível.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/272/indicacao_115-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/272/indicacao_115-2019.pdf</t>
   </si>
   <si>
     <t>Que se faça o conserto na esquina da Secretaria de Saúde, Rua Dezessete de dezembro, Bairro Várzea.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/273/indicacao_116-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/273/indicacao_116-2019.pdf</t>
   </si>
   <si>
     <t>Que seja retirada a terra que está acumulada no início da Rua Oswaldo Landim, Bairro Vila Formosa.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/274/indicacao_117-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/274/indicacao_117-2019.pdf</t>
   </si>
   <si>
     <t>Que seja feita capina, limpeza e retirada de entulho no final da Rua Antônio Bernardino da Silva, Bairro Vila Formosa.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/275/indicacao_118-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/275/indicacao_118-2019.pdf</t>
   </si>
   <si>
     <t>Que se resolva a questão do vazamento de água na Rua Antônio Bernardino da Silva, Bairro Vila Formosa, perto da casa do Edson</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/276/indicacao_119-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/276/indicacao_119-2019.pdf</t>
   </si>
   <si>
     <t>Que se faça o conserto dos buracos, bloquetes em desnível e quebrados na Rua Dulcélia Vitral Abbud, Bairro Centro.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/277/indicacao_120-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/277/indicacao_120-2019.pdf</t>
   </si>
   <si>
     <t>A possibilidade de colocação de 5 (cinco) luminárias na Rua Rubens Marques (Rua do laticínio Italatte).</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/278/indicacao_121-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/278/indicacao_121-2019.pdf</t>
   </si>
   <si>
     <t>A possibilidade de colocação de 2(dois) postes com luminárias na Rua Sidney Marques, antes da Ponte do Córrego do Milho Branco, (conhecido como Pontilhão);</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/279/indicacao_122-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/279/indicacao_122-2019.pdf</t>
   </si>
   <si>
     <t>Que seja verificada a possibilidade de pagamento da insalubridade dos profissionais da saúde do Hospital Municipal de Bom Jardim de Minas.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/280/indicacao_123-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/280/indicacao_123-2019.pdf</t>
   </si>
   <si>
     <t>Que seja verificada a possibilidade de manutenção e calçamento da rua Francisco Felisberto da Cunha, bairro Niterói, pois a mesma está com desnível  e barreiro que se forma, principalmente em dias chuvosos</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/281/indicacao_124-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/281/indicacao_124-2019.pdf</t>
   </si>
   <si>
     <t>A colocação de dois postes com iluminação pública na Rute Marques de Paula, próximo ao numero 57, Várzea</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/282/indicacao_125-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/282/indicacao_125-2019.pdf</t>
   </si>
   <si>
     <t>A marcação de uma reunião com o diretor da Copasa para que possamos dialogar sobre as nascentes denominastes Fazenda Vassoural</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/283/indicacao_126-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/283/indicacao_126-2019.pdf</t>
   </si>
   <si>
     <t>A construção de um mata-burro no sítio do sr. José Alônsio da Cunha, em capoeira Grande</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/284/indicacao_127-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/284/indicacao_127-2019.pdf</t>
   </si>
   <si>
     <t>A contratação de uma fonoaudióloga</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/285/indicacao_128-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/285/indicacao_128-2019.pdf</t>
   </si>
   <si>
     <t>Que seja realizado leilão de veículos e bens inservíveis de propriedades do município</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/286/indicacao_129-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/286/indicacao_129-2019.pdf</t>
   </si>
   <si>
     <t>Realização de obra para elevação do muro do cemitério Municipal, nas imediações da laje das gavetas mortuárias e do mausoléu, a fim de coibir a invasão de estranhos para atividades impróprias, ilegais, como algazarras, furtos e consumo de drogas</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/287/indicacao_130-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/287/indicacao_130-2019.pdf</t>
   </si>
   <si>
     <t>Captação de água na rua Liberdade</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/288/indicacao_131-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/288/indicacao_131-2019.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a ligação da rede de esgoto na rua Dirma de Fátima, bairro jardim das Paineiras, na altura da casa do Sr. Ademir da Capoeira Grande</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/289/indicacao_132-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/289/indicacao_132-2019.pdf</t>
   </si>
   <si>
     <t>Que seja realizada manutenção no bueiro, perto da casa de Cultura, n 45, Centro</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/290/indicacao_133-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/290/indicacao_133-2019.pdf</t>
   </si>
   <si>
     <t>Que seja realizada manutenção na rede fluvial e de esgoto no bairro Vila Formosa, que se encontra a céu aberto, no sítio do sr. João Boquinha</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/291/indicacao_134-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/291/indicacao_134-2019.pdf</t>
   </si>
   <si>
     <t>Que seja realizada manutenção para proteção no Campinho do Niterói, Estádio Beira Rio no Bairro Niterói .</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/292/indicacao_135-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/292/indicacao_135-2019.pdf</t>
   </si>
   <si>
     <t>Manutenção na rede de esgoto na Rua Senhor dos Passos, Bairro Centro.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/293/indicacao_136-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/293/indicacao_136-2019.pdf</t>
   </si>
   <si>
     <t>Colocação de 4(quatro) Postes de Luz, na Rua Projetada , Bairro Jardim das Paineiras</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/294/indicacao_137-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/294/indicacao_137-2019.pdf</t>
   </si>
   <si>
     <t>Construção de dois quebra molas na rua Rute Marques de Paula ,Bairro Várzea.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/295/indicacao_138-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/295/indicacao_138-2019.pdf</t>
   </si>
   <si>
     <t>Que seja verificado com urgência o fechamento do buraco que foi aberto para fazer um fossa e não foi concluído, na Telfim Marques Filho, Jardim das Paineiras.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/296/indicacao_139-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/296/indicacao_139-2019.pdf</t>
   </si>
   <si>
     <t>Que seja concertada a estrada da Vila Itaboca, logo depois da entrada da fazenda do Argentino.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/297/indicacao_140-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/297/indicacao_140-2019.pdf</t>
   </si>
   <si>
     <t>Que seja feita a limpeza na última rua do Jardim das Paineiras, sentido a rua Pedro Alves Monteiro.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>Sérgio Martins</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/660/pl_01-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/660/pl_01-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre concessão de subvenções sociais às Entidades que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>Autoriza o Município a confessar débitos pretéritos e firmar acordo de parcelamento junto a receita federal do Brasil e dá outras providências</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/662/pl_03-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/662/pl_03-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Suplementar no valor de R$ 1.037.137,44 e dá outras providências.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1132/pl_04-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1132/pl_04-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público, nos termos do inciso IX do art. 37 da Constituição da República e dá outras providências</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/663/pl_05-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/663/pl_05-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Creche Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/664/pl_06-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/664/pl_06-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a limitação de trafego de veículos pesados nos locais e condições que menciona.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/665/pl_07-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/665/pl_07-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de credito especial no valor de R$ 101.400,00 e dá outras providências.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/666/pl_08-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/666/pl_08-2019.pdf</t>
   </si>
   <si>
     <t>Institui a política Municipal de Assistência, Prevenção e Controle à Saúde de alunos diabéticos nas escolas da rede municipal de ensino do Município de Bom Jardim de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/667/pl_09-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/667/pl_09-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para o exercício financeiro de 2020 e estabelece outras providências.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/668/pl_10-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/668/pl_10-2019.pdf</t>
   </si>
   <si>
     <t>Estabelece medidas de segurança a serem adotadas pelos estabelecimentos bancários e outros que promovem movimentação de valores.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/669/pl_11-_2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/669/pl_11-_2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Conselho Municipal de Educação (CME) e dá outras providências.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/670/pl_12-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/670/pl_12-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei 1.220 de 09 de julho de 2007, no que menciona , e dá outras providências.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/671/pl_13-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/671/pl_13-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial no valor de R$14.100,00 e dá outras providências.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>Francisco Neto Caetano, Sebasttião Flavio de Paula, Valdelei Rodrigues da Silva</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/672/pl_14-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/672/pl_14-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de ponte em via pública do Município.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/673/pl_15-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/673/pl_15-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de conselhos escolares nas escolas da Rede Municipal de Ensino e dá outras providências.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>João Atarcíso Martins Machado, Sebasttião Flavio de Paula</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/674/pl_16-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/674/pl_16-2019.pdf</t>
   </si>
   <si>
     <t>Estabelece nova regulamentação para o Conselho de Alimentação Escolar - CAE, do município de Bom Jardim de Minas, criado pela Lei nº 978/1997, e da outras providências.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/675/pl_17-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/675/pl_17-2019.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1.436/2015, de 19 de março de 2015, e dá outras providências.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/676/pl_18-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/676/pl_18-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual e piso salarial para profissionais do magistério público da educação básica e dá outras providências.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/677/pl_19-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/677/pl_19-2019.pdf</t>
   </si>
   <si>
     <t>Institui valor do Piso Salarial dos Agentes Comunitários de Saúde e dos Agentes de Combate à Endemias da Secretaria Municipal de Saúde e dá outras providências.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>Mesa Diretora - MSD</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/678/pl_20-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/678/pl_20-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os vencimentos dos cargos da Câmara Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/679/pl_22-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/679/pl_22-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito suplementar no valor de R$49.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/680/pl_23-2019_2.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/680/pl_23-2019_2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a extensão temporária da carga horária do professor regente efetivo e temporário da educação básica pública no Município de Bom Jardim de Minas.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/681/pl_24-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/681/pl_24-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Centro de Referência de Assistência Social (CRAS) de Bom Jardim de Minas.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/682/pl_25-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/682/pl_25-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito Suplementar no valor R$558.406,37 e dá outras providências.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/683/pl_26-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/683/pl_26-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Suplementar no valor de R$254.286,06 e dá outras providências.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/684/pl_27-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/684/pl_27-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei 1.518 de 28 de Dezembro de 2018, e dá outras providências.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/685/pl_28-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/685/pl_28-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de vias públicas situadas no bairro Viegas, e dá outras providências</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/686/pl_29-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/686/pl_29-2019.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa as despesas do Município de Bom Jardim de Minas para o exercício financeiro de 2020, e dá outras providências</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/687/pl_30-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/687/pl_30-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prática de atos de civismo nas solenidades oficias, nos eventos esportivos e nas escolas de Educação Básica do Município de Bom Jardim de Minas.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/688/pl_31-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/688/pl_31-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Especial no valo de R$ 99.978,65 e dá outras providências.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/689/pl_32-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/689/pl_32-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da arquibancada "Sr. Geraldo Rachid" no estádio Municipal Antônio Nogueira de Paula, e dá outras providências.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/690/pl_33-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/690/pl_33-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o atendimento preferencial em estabelecimentos comerciais, de serviços e similares, no município de Bom Jardim de Minas, às pessoas com deficiência, idosos, gestantes, lactantes, pessoas com crianças de colo, obesos e portadores de Transtorno do Espectro Autista.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/691/pl_no_034-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/691/pl_no_034-2019.pdf</t>
   </si>
   <si>
     <t>Proíbe o comércio, o manuseio, a utilização, a queima e a soltura de fogos de artifício sonoros no município de Bom Jardim de Minas e dá outras providências</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/692/pl_35-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/692/pl_35-2019.pdf</t>
   </si>
   <si>
     <t>Cria o Estatuto Municipal da Pessoa com Transtorno de Espectro Autista - TEA, a Semana Municipal de Conscientização do Autismo, institui a Politica Municipal de Atendimento aos Direitos da Pessoa com TEA e a Carteirinha de Identificação, e dá outras providências.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/693/pl_36-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/693/pl_36-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de subvenções sociais às Entidades que menciona, e dá outras providências.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/694/pl_37-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/694/pl_37-2019.pdf</t>
   </si>
   <si>
     <t>Modifica os prazos de vinculação de pessoal da Câmara Municipal tratados nas leis municipais nº 1.470/2017 e 1.517/2018.</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Comissão Permanente de Meio Ambiente.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>EMENDA</t>
   </si>
@@ -2723,99 +2723,99 @@
   <si>
     <t>Emenda nº 01 ao Projeto de Lei Complementar nº 01/2019 - Modificativa - Ficam modificados a descrição do cargo denominado "Monitor de Creche Municipal", alterando-se o artigo 2º e o quadro correspondente do Anexo I do projeto.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>VTO</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto Total ao Projeto de Lei 33/2018, que dispõe sobre a criação do Conselho Municipal de Cultura, do Sistema Municipal  Cultura , do Fundo Municipal de Incentivo á Cultura, do Sistema de Informações e Indicadores Culturais e dá outras providências.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/654/projeto_de_lei_complementar_01-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/654/projeto_de_lei_complementar_01-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação cargos e de vagas no quadro de pessoal do magistério da Prefeitura Municipal de Bom Jardim de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/655/plc_02-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/655/plc_02-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a extinção e criação de cargos e vagas no quadro de pessoal do poder executivo municipal de Bom Jardim de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>Ademir Aparecido Rodrigues, Alexsandro de Almeida Nardy, Francisco Neto Caetano, João Atarcíso Martins Machado, Reginaldo Caetano, Rita Maria de Almeida</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/656/substitutivo_ao_plc_03-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/656/substitutivo_ao_plc_03-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Complementar nº09/2014 e dá outras providências</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/657/plc_04-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/657/plc_04-2019.pdf</t>
   </si>
   <si>
     <t>Acrescenta o Capítulo II ao Título III da Lei Complementar nº 05/2010, que Dispõe sobre o Plano de Cargos e Vencimentos dos Servidores Integrantes do Quadro de Pessoal do Magistério da Educação Infantil e do Ensino Fundamental da Prefeitura de Bom Jardim de Minas, incluindo-se os artigos 35-A a 35-F.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/658/autografo_plc_05-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/658/autografo_plc_05-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e alteração de Cargos, e Extinção de vagas, no quadro de pessoal do poder executivo Municipal de Bom Jardim de Minas e dá outras providências.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/659/plc_07-2019.pdf</t>
+    <t>http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/659/plc_07-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de vagas no quadro de pessoal do poder executivo municipal de Bom Jardim de Minas e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3122,67 +3122,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/298/requerimento_01-2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/299/requerimento_02-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/300/requerimento_03-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/301/requerimento_04-2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/302/requerimento_05-2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/303/requerimento_06-2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/304/requerimento_07-2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/305/requerimento_08-2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/307/requerimento_010-2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/308/requerimento_011-2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/309/requerimento_012-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/310/requerimento_013-2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/311/requerimento_014-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/313/requerimento_016-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/314/requerimento_017-2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/315/requerimento_018-2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/316/requerimento_019-2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/154/indicacao_01-2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/155/indicacao_02-2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/156/indicacao_03-2019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/157/indicacao_04-2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/159/indicacao_06-2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/160/indicacao_07-2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/161/indicacao_08-2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/162/indicacao_09-2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/163/indicacao_10-2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/164/indicacao_11-2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/165/indicacao_12-2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/166/indicacao_13-2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/167/indicacao_14-2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/168/indicacao_15-2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/169/indicacao_16-2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/170/indicacao_17-2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/172/indicacao_19-2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/173/indicacao_20-2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/174/indicacao_21-2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/175/indicacao_022-2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/176/indicacao_023-2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/177/indicacao_024-2019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/178/indicacao_025-2019.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/179/indicacao_026-2019.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/180/indicacao_027-2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/181/indicacao_028-2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/182/indicacao_029-2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/183/indicacao_030-2019.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/184/indicacao_031-2019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/185/indicacao_032-2019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/186/indicacao_033-2019.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/187/indicacao_034-2019.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/188/indicacao_035-2019.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/190/indicacao_037-2019.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/191/indicacao_038-2019.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/192/indicacao_039-2019.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/193/indicacao_040-2019.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/194/indicacao_041-2019.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/195/indicacao_042-2019.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/196/indicacao_043-2019.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/197/indicacao_044-2019.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/198/indicacao_45-2019.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/199/indicacao_46-2019.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/200/indicacao_47-2019.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/201/indicacao_48-2019.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/202/indicacao_49-2019.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/203/indicacao_50-2019.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/204/indicacao_51-2019.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/205/indicacao_052-2019.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/206/indicacao_053-2019.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/207/indicacao_054-2019.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/208/indicacao_055-2019.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/209/indicacao_056-2019.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/210/indicacao_057-2019.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/211/indicacao_058-2019.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/212/indicacao_059-2019.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/213/indicacao_060-2019.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/214/indicacao_061-2019.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/215/indicacao_062-2019.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/216/indicacao_063-2019.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/217/indicacao_064-2019.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/218/indicacao_065-2019.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/219/indicacao_066-2019.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/220/indicacao_067-2019.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/221/indicacao_068-2019.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/222/indicacao_069-2019.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/223/indicacao_070-2019.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/224/indicacao_071-2019.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/225/indicacao_072-2019.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/226/indicacao_073-2019.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/228/indicacao_075-2019.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/229/indicacao_076-2019.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/230/indicacao_077-2019.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/231/indicacao_078-2019.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/237/indicacao_080-2019.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/238/indicacao_081-2019.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/239/indicacao_082-2019.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/240/indicacao_083-2019.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/242/indicacao_085-2019.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/243/indicacao_086-2019.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/244/indicacao_087-2019.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/245/indicacao_088-2019.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/246/indicacao_089-2019.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/247/indicacao_090-2019.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/248/indicacao_091-2019.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/249/indicacao_092-2019.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/250/indicacao_093-2019.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/251/indicacao_094-2019.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/252/indicacao_095-2019.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/253/indicacao_096-2019.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/254/indicacao_097-2019.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/255/indicacao_098-2019.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/256/indicacao_099-2019.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/257/indicacao_100-2019.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/258/indicacao_101-2019.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/259/indicacao_102-2019.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/260/indicacao_103-2019.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/261/indicacao_104-2019.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/262/indicacao_105-2019.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/263/indicacao_106-2019.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/264/indicacao_107-2019.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/265/indicacao_108-2019.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/266/indicacao_109-2019.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/267/indicacao_110-2019.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/268/indicacao_111-2019.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/269/indicacao_112-2019.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/270/indicacao_113-2019.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/271/indicacao_114-2019.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/272/indicacao_115-2019.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/273/indicacao_116-2019.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/274/indicacao_117-2019.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/275/indicacao_118-2019.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/276/indicacao_119-2019.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/277/indicacao_120-2019.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/278/indicacao_121-2019.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/279/indicacao_122-2019.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/280/indicacao_123-2019.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/281/indicacao_124-2019.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/282/indicacao_125-2019.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/283/indicacao_126-2019.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/284/indicacao_127-2019.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/285/indicacao_128-2019.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/286/indicacao_129-2019.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/287/indicacao_130-2019.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/288/indicacao_131-2019.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/289/indicacao_132-2019.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/290/indicacao_133-2019.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/291/indicacao_134-2019.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/292/indicacao_135-2019.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/293/indicacao_136-2019.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/294/indicacao_137-2019.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/295/indicacao_138-2019.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/296/indicacao_139-2019.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/297/indicacao_140-2019.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/660/pl_01-2019.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/662/pl_03-2019.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1132/pl_04-2019.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/663/pl_05-2019.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/664/pl_06-2019.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/665/pl_07-2019.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/666/pl_08-2019.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/667/pl_09-2019.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/668/pl_10-2019.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/669/pl_11-_2019.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/670/pl_12-2019.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/671/pl_13-2019.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/672/pl_14-2019.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/673/pl_15-2019.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/674/pl_16-2019.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/675/pl_17-2019.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/676/pl_18-2019.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/677/pl_19-2019.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/678/pl_20-2019.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/679/pl_22-2019.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/680/pl_23-2019_2.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/681/pl_24-2019.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/682/pl_25-2019.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/683/pl_26-2019.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/684/pl_27-2019.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/685/pl_28-2019.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/686/pl_29-2019.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/687/pl_30-2019.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/688/pl_31-2019.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/689/pl_32-2019.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/690/pl_33-2019.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/691/pl_no_034-2019.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/692/pl_35-2019.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/693/pl_36-2019.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/694/pl_37-2019.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/654/projeto_de_lei_complementar_01-2019.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/655/plc_02-2019.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/656/substitutivo_ao_plc_03-2019.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/657/plc_04-2019.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/658/autografo_plc_05-2019.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/659/plc_07-2019.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/298/requerimento_01-2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/299/requerimento_02-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/300/requerimento_03-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/301/requerimento_04-2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/302/requerimento_05-2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/303/requerimento_06-2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/304/requerimento_07-2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/305/requerimento_08-2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/307/requerimento_010-2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/308/requerimento_011-2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/309/requerimento_012-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/310/requerimento_013-2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/311/requerimento_014-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/313/requerimento_016-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/314/requerimento_017-2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/315/requerimento_018-2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/316/requerimento_019-2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/154/indicacao_01-2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/155/indicacao_02-2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/156/indicacao_03-2019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/157/indicacao_04-2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/159/indicacao_06-2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/160/indicacao_07-2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/161/indicacao_08-2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/162/indicacao_09-2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/163/indicacao_10-2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/164/indicacao_11-2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/165/indicacao_12-2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/166/indicacao_13-2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/167/indicacao_14-2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/168/indicacao_15-2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/169/indicacao_16-2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/170/indicacao_17-2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/172/indicacao_19-2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/173/indicacao_20-2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/174/indicacao_21-2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/175/indicacao_022-2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/176/indicacao_023-2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/177/indicacao_024-2019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/178/indicacao_025-2019.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/179/indicacao_026-2019.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/180/indicacao_027-2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/181/indicacao_028-2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/182/indicacao_029-2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/183/indicacao_030-2019.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/184/indicacao_031-2019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/185/indicacao_032-2019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/186/indicacao_033-2019.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/187/indicacao_034-2019.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/188/indicacao_035-2019.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/190/indicacao_037-2019.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/191/indicacao_038-2019.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/192/indicacao_039-2019.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/193/indicacao_040-2019.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/194/indicacao_041-2019.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/195/indicacao_042-2019.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/196/indicacao_043-2019.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/197/indicacao_044-2019.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/198/indicacao_45-2019.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/199/indicacao_46-2019.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/200/indicacao_47-2019.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/201/indicacao_48-2019.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/202/indicacao_49-2019.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/203/indicacao_50-2019.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/204/indicacao_51-2019.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/205/indicacao_052-2019.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/206/indicacao_053-2019.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/207/indicacao_054-2019.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/208/indicacao_055-2019.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/209/indicacao_056-2019.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/210/indicacao_057-2019.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/211/indicacao_058-2019.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/212/indicacao_059-2019.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/213/indicacao_060-2019.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/214/indicacao_061-2019.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/215/indicacao_062-2019.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/216/indicacao_063-2019.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/217/indicacao_064-2019.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/218/indicacao_065-2019.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/219/indicacao_066-2019.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/220/indicacao_067-2019.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/221/indicacao_068-2019.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/222/indicacao_069-2019.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/223/indicacao_070-2019.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/224/indicacao_071-2019.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/225/indicacao_072-2019.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/226/indicacao_073-2019.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/228/indicacao_075-2019.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/229/indicacao_076-2019.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/230/indicacao_077-2019.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/231/indicacao_078-2019.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/237/indicacao_080-2019.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/238/indicacao_081-2019.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/239/indicacao_082-2019.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/240/indicacao_083-2019.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/242/indicacao_085-2019.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/243/indicacao_086-2019.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/244/indicacao_087-2019.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/245/indicacao_088-2019.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/246/indicacao_089-2019.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/247/indicacao_090-2019.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/248/indicacao_091-2019.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/249/indicacao_092-2019.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/250/indicacao_093-2019.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/251/indicacao_094-2019.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/252/indicacao_095-2019.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/253/indicacao_096-2019.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/254/indicacao_097-2019.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/255/indicacao_098-2019.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/256/indicacao_099-2019.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/257/indicacao_100-2019.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/258/indicacao_101-2019.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/259/indicacao_102-2019.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/260/indicacao_103-2019.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/261/indicacao_104-2019.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/262/indicacao_105-2019.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/263/indicacao_106-2019.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/264/indicacao_107-2019.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/265/indicacao_108-2019.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/266/indicacao_109-2019.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/267/indicacao_110-2019.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/268/indicacao_111-2019.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/269/indicacao_112-2019.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/270/indicacao_113-2019.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/271/indicacao_114-2019.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/272/indicacao_115-2019.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/273/indicacao_116-2019.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/274/indicacao_117-2019.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/275/indicacao_118-2019.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/276/indicacao_119-2019.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/277/indicacao_120-2019.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/278/indicacao_121-2019.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/279/indicacao_122-2019.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/280/indicacao_123-2019.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/281/indicacao_124-2019.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/282/indicacao_125-2019.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/283/indicacao_126-2019.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/284/indicacao_127-2019.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/285/indicacao_128-2019.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/286/indicacao_129-2019.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/287/indicacao_130-2019.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/288/indicacao_131-2019.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/289/indicacao_132-2019.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/290/indicacao_133-2019.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/291/indicacao_134-2019.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/292/indicacao_135-2019.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/293/indicacao_136-2019.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/294/indicacao_137-2019.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/295/indicacao_138-2019.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/296/indicacao_139-2019.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/297/indicacao_140-2019.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/660/pl_01-2019.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/662/pl_03-2019.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/1132/pl_04-2019.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/663/pl_05-2019.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/664/pl_06-2019.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/665/pl_07-2019.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/666/pl_08-2019.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/667/pl_09-2019.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/668/pl_10-2019.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/669/pl_11-_2019.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/670/pl_12-2019.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/671/pl_13-2019.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/672/pl_14-2019.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/673/pl_15-2019.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/674/pl_16-2019.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/675/pl_17-2019.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/676/pl_18-2019.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/677/pl_19-2019.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/678/pl_20-2019.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/679/pl_22-2019.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/680/pl_23-2019_2.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/681/pl_24-2019.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/682/pl_25-2019.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/683/pl_26-2019.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/684/pl_27-2019.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/685/pl_28-2019.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/686/pl_29-2019.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/687/pl_30-2019.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/688/pl_31-2019.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/689/pl_32-2019.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/690/pl_33-2019.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/691/pl_no_034-2019.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/692/pl_35-2019.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/693/pl_36-2019.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/694/pl_37-2019.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/654/projeto_de_lei_complementar_01-2019.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/655/plc_02-2019.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/656/substitutivo_ao_plc_03-2019.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/657/plc_04-2019.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/658/autografo_plc_05-2019.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomjardimdeminas.mg.leg.br/media/sapl/public/materialegislativa/2019/659/plc_07-2019.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H255"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="191.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="120.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="119.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>