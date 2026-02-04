--- v0 (2025-12-09)
+++ v1 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1404" uniqueCount="466">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1554" uniqueCount="517">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
@@ -1408,50 +1408,203 @@
     <t>Dispõe sobre o ponto facultativo no âmbito da Câmara Municipal de Bom Jardim de Minas – MG, no dia 27 de outubro de 2025, em razão da transferência do feriado referente ao Dia do Servidor Público Municipal.</t>
   </si>
   <si>
     <t>3709</t>
   </si>
   <si>
     <t>Designa a Comissão de Avaliação do Processo Seletivo Simplificado nº 01 de 2025 de Estágio da Câmara Municipal de Bom Jardim de Minas.</t>
   </si>
   <si>
     <t>3748</t>
   </si>
   <si>
     <t>PORTARIA Nº 29, DE 13 DE NOVEMBRO DE 2025 - Designa a Comissão de Avaliação do Processo Seletivo Simplificado nº 01 de 2025 de Estágio da Câmara Municipal de Bom Jardim de Minas e revoga a Portaria nº 28/2025.</t>
   </si>
   <si>
     <t>3761</t>
   </si>
   <si>
     <t>Dispõe sobre o ponto facultativo no âmbito da Câmara Municipal de Bom Jardim de Minas - MG, no dia 21 de novembro de 2025, em razão do feriado referente ao dia da Consciência Negra.</t>
   </si>
   <si>
     <t>3785</t>
   </si>
   <si>
     <t>Ratifica o Plano Anual de Auditoria do Controle Interno da Câmara Municipal de Bom Jardim de Minas – MG, para o ano de 2026.</t>
+  </si>
+  <si>
+    <t>3800</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o controle e o registro da jornada de trabalho, o serviço extraordinário (horas extras) e a instituição e funcionamento do Sistema de Banco de Horas no âmbito da Câmara Municipal de Bom Jardim de Minas e revoga a portaria 09 de 2023.</t>
+  </si>
+  <si>
+    <t>3817</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a atualização do valor do auxílio-alimentação dos servidores da Câmara Municipal de Bom Jardim de Minas.</t>
+  </si>
+  <si>
+    <t>3855</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o regime de comparecimento facultativo de servidores da Câmara Municipal de Bom Jardim de Minas.</t>
+  </si>
+  <si>
+    <t>3834</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a organização administrativa, o horário institucional de funcionamento, a jornada de trabalho dos servidores da Câmara Municipal e a realização de atividades institucionais externas.</t>
+  </si>
+  <si>
+    <t>3835</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a designação do Tesoureiro da Câmara Municipal de Bom Jardim de Minas e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3836</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a designação dos responsáveis pela abertura, atualização cadastral e movimentação das contas bancárias da Câmara Municipal de Bom Jardim de Minas e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3837</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a designação dos servidores responsáveis pelo Controle Interno do Poder Legislativo e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3838</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a designação de servidores responsáveis pelo departamento de Compras e Almoxarifado da Câmara Municipal de Bom Jardim.</t>
+  </si>
+  <si>
+    <t>3839</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a designação de servidores responsáveis pelo Controle Patrimonial da Câmara Municipal de Bom Jardim de Minas.</t>
+  </si>
+  <si>
+    <t>3840</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a designação de servidor responsável pelo setor de ouvidoria da Câmara Municipal de Bom Jardim de Minas.</t>
+  </si>
+  <si>
+    <t>3841</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a designação dos Coordenadores Municipais do Programa Parlamento Jovem Minas, no âmbito da Câmara Municipal de Bom Jardim de Minas, para o ano de 2026.</t>
+  </si>
+  <si>
+    <t>3842</t>
+  </si>
+  <si>
+    <t>Designa Agente de contratação para setor de Compras da Câmara Municipal de Bom Jardim de Minas.</t>
+  </si>
+  <si>
+    <t>3843</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a designação de membros para compor a Comissão de Inventário Físico e Financeiro dos bens, valores e contas patrimoniais da Câmara Municipal de Bom Jardim de Minas.</t>
+  </si>
+  <si>
+    <t>3844</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a nomeação de servidor responsável pela liquidação das contas da Câmara Municipal de Bom Jardim de Minas.</t>
+  </si>
+  <si>
+    <t>3845</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a definição de perfis e autorização de acesso ao Sistema de Compras da Câmara Municipal de Bom Jardim de Minas.</t>
+  </si>
+  <si>
+    <t>3849</t>
+  </si>
+  <si>
+    <t>Dispõe sobre atualização do valor da bolsa-auxílio dos estagiários da Câmara Municipal, com base na variação do IPCA entre 2018 e 2025.</t>
+  </si>
+  <si>
+    <t>3850</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a averbação de tempo de serviço da servidora Kelly Fonseca dos Santos para fins de quinquênio e licença-prêmio.</t>
+  </si>
+  <si>
+    <t>3856</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a nomeação da Sra. Thalia Oranna Almeida de Paula como estagiária da Câmara Municipal de Bom Jardim de Minas.</t>
+  </si>
+  <si>
+    <t>3857</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a nomeação da Sra. Izabella Rodrigues Marques como estagiária da Câmara Municipal de Bom Jardim de Minas.</t>
+  </si>
+  <si>
+    <t>3908</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a composição das Comissões Permanentes da Câmara Municipal de Bom Jardim de Minas para o ano legislativo de 2026</t>
+  </si>
+  <si>
+    <t>3909</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a alteração excepcional do horário de expediente da Câmara Municipal</t>
+  </si>
+  <si>
+    <t>3917</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a progressão funcional do servidor André Lucas da Silva Pontes e estabelece os critérios de cálculo de suas vantagens remuneratórias.</t>
+  </si>
+  <si>
+    <t>3918</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a progressão funcional da servidora Kelly Fonseca dos Santos e estabelece os critérios de cálculo de suas vantagens remuneratórias.</t>
+  </si>
+  <si>
+    <t>3919</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a progressão funcional da servidora Rosilaine da Silva Pontes e estabelece os critérios de cálculo de suas vantagens remuneratórias.</t>
+  </si>
+  <si>
+    <t>3920</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a progressão funcional da servidora Mônica Durvalina Rodrigues e estabelece os critérios de cálculo de suas vantagens remuneratórias.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1743,51 +1896,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F234"/>
+  <dimension ref="A1:F259"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -6434,50 +6587,550 @@
       <c r="E233" t="s">
         <v>9</v>
       </c>
       <c r="F233" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234" t="s">
         <v>464</v>
       </c>
       <c r="B234" t="s">
         <v>404</v>
       </c>
       <c r="C234" t="s">
         <v>67</v>
       </c>
       <c r="D234" t="s">
         <v>8</v>
       </c>
       <c r="E234" t="s">
         <v>9</v>
       </c>
       <c r="F234" t="s">
         <v>465</v>
+      </c>
+    </row>
+    <row r="235" spans="1:6">
+      <c r="A235" t="s">
+        <v>466</v>
+      </c>
+      <c r="B235" t="s">
+        <v>404</v>
+      </c>
+      <c r="C235" t="s">
+        <v>70</v>
+      </c>
+      <c r="D235" t="s">
+        <v>8</v>
+      </c>
+      <c r="E235" t="s">
+        <v>9</v>
+      </c>
+      <c r="F235" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="236" spans="1:6">
+      <c r="A236" t="s">
+        <v>468</v>
+      </c>
+      <c r="B236" t="s">
+        <v>404</v>
+      </c>
+      <c r="C236" t="s">
+        <v>72</v>
+      </c>
+      <c r="D236" t="s">
+        <v>8</v>
+      </c>
+      <c r="E236" t="s">
+        <v>9</v>
+      </c>
+      <c r="F236" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="237" spans="1:6">
+      <c r="A237" t="s">
+        <v>470</v>
+      </c>
+      <c r="B237" t="s">
+        <v>404</v>
+      </c>
+      <c r="C237" t="s">
+        <v>74</v>
+      </c>
+      <c r="D237" t="s">
+        <v>8</v>
+      </c>
+      <c r="E237" t="s">
+        <v>9</v>
+      </c>
+      <c r="F237" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="238" spans="1:6">
+      <c r="A238" t="s">
+        <v>472</v>
+      </c>
+      <c r="B238" t="s">
+        <v>473</v>
+      </c>
+      <c r="C238" t="s">
+        <v>6</v>
+      </c>
+      <c r="D238" t="s">
+        <v>8</v>
+      </c>
+      <c r="E238" t="s">
+        <v>9</v>
+      </c>
+      <c r="F238" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="239" spans="1:6">
+      <c r="A239" t="s">
+        <v>475</v>
+      </c>
+      <c r="B239" t="s">
+        <v>473</v>
+      </c>
+      <c r="C239" t="s">
+        <v>11</v>
+      </c>
+      <c r="D239" t="s">
+        <v>8</v>
+      </c>
+      <c r="E239" t="s">
+        <v>9</v>
+      </c>
+      <c r="F239" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="240" spans="1:6">
+      <c r="A240" t="s">
+        <v>477</v>
+      </c>
+      <c r="B240" t="s">
+        <v>473</v>
+      </c>
+      <c r="C240" t="s">
+        <v>13</v>
+      </c>
+      <c r="D240" t="s">
+        <v>8</v>
+      </c>
+      <c r="E240" t="s">
+        <v>9</v>
+      </c>
+      <c r="F240" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="241" spans="1:6">
+      <c r="A241" t="s">
+        <v>479</v>
+      </c>
+      <c r="B241" t="s">
+        <v>473</v>
+      </c>
+      <c r="C241" t="s">
+        <v>15</v>
+      </c>
+      <c r="D241" t="s">
+        <v>8</v>
+      </c>
+      <c r="E241" t="s">
+        <v>9</v>
+      </c>
+      <c r="F241" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="242" spans="1:6">
+      <c r="A242" t="s">
+        <v>481</v>
+      </c>
+      <c r="B242" t="s">
+        <v>473</v>
+      </c>
+      <c r="C242" t="s">
+        <v>17</v>
+      </c>
+      <c r="D242" t="s">
+        <v>8</v>
+      </c>
+      <c r="E242" t="s">
+        <v>9</v>
+      </c>
+      <c r="F242" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="243" spans="1:6">
+      <c r="A243" t="s">
+        <v>483</v>
+      </c>
+      <c r="B243" t="s">
+        <v>473</v>
+      </c>
+      <c r="C243" t="s">
+        <v>19</v>
+      </c>
+      <c r="D243" t="s">
+        <v>8</v>
+      </c>
+      <c r="E243" t="s">
+        <v>9</v>
+      </c>
+      <c r="F243" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="244" spans="1:6">
+      <c r="A244" t="s">
+        <v>485</v>
+      </c>
+      <c r="B244" t="s">
+        <v>473</v>
+      </c>
+      <c r="C244" t="s">
+        <v>21</v>
+      </c>
+      <c r="D244" t="s">
+        <v>8</v>
+      </c>
+      <c r="E244" t="s">
+        <v>9</v>
+      </c>
+      <c r="F244" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="245" spans="1:6">
+      <c r="A245" t="s">
+        <v>487</v>
+      </c>
+      <c r="B245" t="s">
+        <v>473</v>
+      </c>
+      <c r="C245" t="s">
+        <v>23</v>
+      </c>
+      <c r="D245" t="s">
+        <v>8</v>
+      </c>
+      <c r="E245" t="s">
+        <v>9</v>
+      </c>
+      <c r="F245" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="246" spans="1:6">
+      <c r="A246" t="s">
+        <v>489</v>
+      </c>
+      <c r="B246" t="s">
+        <v>473</v>
+      </c>
+      <c r="C246" t="s">
+        <v>25</v>
+      </c>
+      <c r="D246" t="s">
+        <v>8</v>
+      </c>
+      <c r="E246" t="s">
+        <v>9</v>
+      </c>
+      <c r="F246" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="247" spans="1:6">
+      <c r="A247" t="s">
+        <v>491</v>
+      </c>
+      <c r="B247" t="s">
+        <v>473</v>
+      </c>
+      <c r="C247" t="s">
+        <v>27</v>
+      </c>
+      <c r="D247" t="s">
+        <v>8</v>
+      </c>
+      <c r="E247" t="s">
+        <v>9</v>
+      </c>
+      <c r="F247" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="248" spans="1:6">
+      <c r="A248" t="s">
+        <v>493</v>
+      </c>
+      <c r="B248" t="s">
+        <v>473</v>
+      </c>
+      <c r="C248" t="s">
+        <v>29</v>
+      </c>
+      <c r="D248" t="s">
+        <v>8</v>
+      </c>
+      <c r="E248" t="s">
+        <v>9</v>
+      </c>
+      <c r="F248" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="249" spans="1:6">
+      <c r="A249" t="s">
+        <v>495</v>
+      </c>
+      <c r="B249" t="s">
+        <v>473</v>
+      </c>
+      <c r="C249" t="s">
+        <v>31</v>
+      </c>
+      <c r="D249" t="s">
+        <v>8</v>
+      </c>
+      <c r="E249" t="s">
+        <v>9</v>
+      </c>
+      <c r="F249" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="250" spans="1:6">
+      <c r="A250" t="s">
+        <v>497</v>
+      </c>
+      <c r="B250" t="s">
+        <v>473</v>
+      </c>
+      <c r="C250" t="s">
+        <v>33</v>
+      </c>
+      <c r="D250" t="s">
+        <v>8</v>
+      </c>
+      <c r="E250" t="s">
+        <v>9</v>
+      </c>
+      <c r="F250" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="251" spans="1:6">
+      <c r="A251" t="s">
+        <v>499</v>
+      </c>
+      <c r="B251" t="s">
+        <v>473</v>
+      </c>
+      <c r="C251" t="s">
+        <v>35</v>
+      </c>
+      <c r="D251" t="s">
+        <v>8</v>
+      </c>
+      <c r="E251" t="s">
+        <v>9</v>
+      </c>
+      <c r="F251" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="252" spans="1:6">
+      <c r="A252" t="s">
+        <v>501</v>
+      </c>
+      <c r="B252" t="s">
+        <v>473</v>
+      </c>
+      <c r="C252" t="s">
+        <v>37</v>
+      </c>
+      <c r="D252" t="s">
+        <v>8</v>
+      </c>
+      <c r="E252" t="s">
+        <v>9</v>
+      </c>
+      <c r="F252" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="253" spans="1:6">
+      <c r="A253" t="s">
+        <v>503</v>
+      </c>
+      <c r="B253" t="s">
+        <v>473</v>
+      </c>
+      <c r="C253" t="s">
+        <v>39</v>
+      </c>
+      <c r="D253" t="s">
+        <v>8</v>
+      </c>
+      <c r="E253" t="s">
+        <v>9</v>
+      </c>
+      <c r="F253" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="254" spans="1:6">
+      <c r="A254" t="s">
+        <v>505</v>
+      </c>
+      <c r="B254" t="s">
+        <v>473</v>
+      </c>
+      <c r="C254" t="s">
+        <v>42</v>
+      </c>
+      <c r="D254" t="s">
+        <v>8</v>
+      </c>
+      <c r="E254" t="s">
+        <v>9</v>
+      </c>
+      <c r="F254" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="255" spans="1:6">
+      <c r="A255" t="s">
+        <v>507</v>
+      </c>
+      <c r="B255" t="s">
+        <v>473</v>
+      </c>
+      <c r="C255" t="s">
+        <v>44</v>
+      </c>
+      <c r="D255" t="s">
+        <v>8</v>
+      </c>
+      <c r="E255" t="s">
+        <v>9</v>
+      </c>
+      <c r="F255" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="256" spans="1:6">
+      <c r="A256" t="s">
+        <v>509</v>
+      </c>
+      <c r="B256" t="s">
+        <v>473</v>
+      </c>
+      <c r="C256" t="s">
+        <v>46</v>
+      </c>
+      <c r="D256" t="s">
+        <v>8</v>
+      </c>
+      <c r="E256" t="s">
+        <v>9</v>
+      </c>
+      <c r="F256" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="257" spans="1:6">
+      <c r="A257" t="s">
+        <v>511</v>
+      </c>
+      <c r="B257" t="s">
+        <v>473</v>
+      </c>
+      <c r="C257" t="s">
+        <v>48</v>
+      </c>
+      <c r="D257" t="s">
+        <v>8</v>
+      </c>
+      <c r="E257" t="s">
+        <v>9</v>
+      </c>
+      <c r="F257" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="258" spans="1:6">
+      <c r="A258" t="s">
+        <v>513</v>
+      </c>
+      <c r="B258" t="s">
+        <v>473</v>
+      </c>
+      <c r="C258" t="s">
+        <v>50</v>
+      </c>
+      <c r="D258" t="s">
+        <v>8</v>
+      </c>
+      <c r="E258" t="s">
+        <v>9</v>
+      </c>
+      <c r="F258" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="259" spans="1:6">
+      <c r="A259" t="s">
+        <v>515</v>
+      </c>
+      <c r="B259" t="s">
+        <v>473</v>
+      </c>
+      <c r="C259" t="s">
+        <v>52</v>
+      </c>
+      <c r="D259" t="s">
+        <v>8</v>
+      </c>
+      <c r="E259" t="s">
+        <v>9</v>
+      </c>
+      <c r="F259" t="s">
+        <v>516</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>