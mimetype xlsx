--- v0 (2025-12-09)
+++ v1 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="516" uniqueCount="189">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="582" uniqueCount="212">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
@@ -579,50 +579,125 @@
     <t>CONTRATO Nº 06/2025 - Aquisição de 01 (uma) licença de acesso ao sistema “Banco de Preços – Plano Plus 50”, com vigência de 12 (doze) meses, a ser fornecida com exclusividade pela empresa NP Tecnologia e Gestão de Dados Ltda., conforme Termo de Referência e documentos que instruem o processo</t>
   </si>
   <si>
     <t>3464</t>
   </si>
   <si>
     <t>Termo de contrato de serviços técnicos especializados de capacitação de servidora conforme a lei nº 14.133/2021.</t>
   </si>
   <si>
     <t>3626</t>
   </si>
   <si>
     <t>Termo de Contrato Administrativo Oriundo de Dispensa de Licitação para Fornecimento de Serviço De Transporte Intermunicipal De Passageiros</t>
   </si>
   <si>
     <t>3672</t>
   </si>
   <si>
     <t>Contratação de Empresa para Prestação de Serviços Técnicos Especializados de Assessoria Especial Complementar para a Presidência da Câmara Municipal de Bom Jardim de Minas</t>
   </si>
   <si>
     <t>3752</t>
   </si>
   <si>
     <t>CONTRATO ADMINISTRATIVO N° 10/202 - Termo de Contrato Administrativo Oriundo de Dispensa de Licitação para Fornecimento De Peças E Execução De Serviços De Manutenção Corretiva Em Impressoras Pertencentes À Câmara Municipal De Bom Jardim De Minas – MG.</t>
+  </si>
+  <si>
+    <t>3798</t>
+  </si>
+  <si>
+    <t>Termo de Contrato Administrativo Oriundo de Dispensa de Licitação para Contratação de pessoa física ou jurídica para prestação de serviços presenciais e contínuos de limpeza e copeiragem.</t>
+  </si>
+  <si>
+    <t>3866</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>Contratação do sistema denominado PORTAL DE COMPRAS PÚBLICAS, para realização de licitações em meio digital, por intermédio da rede mundial de computadores, em todas as suas formas, conforme Termo de Referência anexo.</t>
+  </si>
+  <si>
+    <t>3867</t>
+  </si>
+  <si>
+    <t>Aquisição, com entrega única, de 11 (onze) tablets de 10 polegadas, destinados ao atendimento das necessidades operacionais da Câmara Municipal de Bom Jardim de Minas, conforme especificações, quantidades e valores constantes na planilha anexa e na proposta apresentada.</t>
+  </si>
+  <si>
+    <t>3868</t>
+  </si>
+  <si>
+    <t>Aquisição, com entrega única, do(s) item(ns) adjudicado(s) à CONTRATADA no âmbito da Dispensa Eletrônica nº 22/2025, Processo Administrativo nº 32/2025, destinados ao atendimento das necessidades operacionais da Câmara Municipal de Bom Jardim de Minas. (02 (dois) computadores portáteis (notebooks) e 01 (uma) sanduicheira elétrica)</t>
+  </si>
+  <si>
+    <t>3869</t>
+  </si>
+  <si>
+    <t>Aquisição, com entrega única, do(s) item(ns) adjudicado(s) à CONTRATADA no âmbito da Dispensa Eletrônica nº 22/2025, Processo Administrativo nº 32/2025, destinados ao atendimento das necessidades operacionais da Câmara Municipal de Bom Jardim de Minas. (01 (um) fogão simples de 4 (quatro) bocas)</t>
+  </si>
+  <si>
+    <t>3870</t>
+  </si>
+  <si>
+    <t>Aquisição, com entrega única, do(s) item(ns) adjudicado(s) à CONTRATADA no âmbito da Dispensa Eletrônica nº 22/2025, Processo Administrativo nº 32/2025, destinados ao atendimento das necessidades operacionais da Câmara Municipal de Bom Jardim de Minas. ( 07 computadores)</t>
+  </si>
+  <si>
+    <t>3871</t>
+  </si>
+  <si>
+    <t>Aquisição, com entrega única, do(s) item(ns) adjudicado(s) à CONTRATADA no âmbito da Dispensa Eletrônica nº 22/2025, Processo Administrativo nº 32/2025, destinados ao atendimento das necessidades operacionais da Câmara Municipal de Bom Jardim de Minas. (05 mesas para escritório modelo tipo “Delta” em formato L)</t>
+  </si>
+  <si>
+    <t>3872</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada para execução de serviços de pintura na área interna do Plenário, no hall de entrada e nas grades da fachada da Câmara Municipal de Bom Jardim de Minas, incluindo o fornecimento de todos os materiais necessários, visando à manutenção preventiva e corretiva, conservação do patrimônio público e adequada apresentação institucional, conforme Termo de Referência, Aviso de Contratação Direta e proposta apresentada.</t>
+  </si>
+  <si>
+    <t>3873</t>
+  </si>
+  <si>
+    <t>Prestação de serviços técnicos jurídicos especializados, de natureza consultiva, estratégica e não vinculante, voltados exclusivamente ao assessoramento jurídico especializado em contratações públicas regidas pela Lei nº 14.133/2021, com foco em estruturação normativa, mitigação de riscos jurídicos relevantes e padronização qualificada de procedimentos, não se confundindo com atividades jurídicas rotineiras ou permanentes do órgão.</t>
+  </si>
+  <si>
+    <t>3923</t>
+  </si>
+  <si>
+    <t>CONTRATO ADMINISTRATIVO N° 09/2026_x000D_
+PROCESSO ADMINISTRATIVO 06/2026_x000D_
+_x000D_
+Prestação de serviços de Assessoramento e Consultoria em Segurança e Saúde do Trabalho (SST), de natureza consultiva e contenciosa, destinados à Câmara Municipal de Bom Jardim de Minas, compreendendo a orientação técnica, acompanhamento e suporte necessários ao atendimento das obrigações legais em matéria de SST, com ênfase no cumprimento das exigências do eSocial – SST, especialmente no que se refere à transmissão, validação e monitoramento dos eventos S-2210 (Comunicação de Acidente de Trabalho – CAT), S-2220 (Monitoramento da Saúde do Trabalhador) e S-2240 (Condições Ambientais do Trabalho – Fatores de Risco), em conformidade com o Decreto nº 8.373/2014, aplicável aos entes integrantes do Grupo 04 do eSocial, conforme condições, especificações e exigências constantes do Termo de Referência, do Aviso de Contratação Direta e da proposta apresentada pela CONTRATADA, partes integrantes deste instrumento, independentemente de transcrição.</t>
+  </si>
+  <si>
+    <t>3924</t>
+  </si>
+  <si>
+    <t>CONTRATO ADMINISTRATIVO N° 10/2026_x000D_
+PROCESSO ADMINISTRATIVO 05/2026_x000D_
+_x000D_
+contratação de empresa especializada para o fornecimento, instalação e configuração de sistema de videomonitoramento (CFTV), com a finalidade de reforçar a segurança nas dependências da Câmara Municipal de Bom Jardim de Minas, conforme quantitativos e especificações técnicas definidos pela Administração, incluindo o fornecimento de todos os materiais, equipamentos, acessórios e mão de obra necessários à perfeita execução do objeto, conforme condições, especificações e exigências constantes do Termo de Referência</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -914,51 +989,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F86"/>
+  <dimension ref="A1:F97"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="26.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -2645,50 +2720,270 @@
       <c r="E85" t="s">
         <v>10</v>
       </c>
       <c r="F85" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
         <v>187</v>
       </c>
       <c r="B86" t="s">
         <v>169</v>
       </c>
       <c r="C86" t="s">
         <v>30</v>
       </c>
       <c r="D86" t="s">
         <v>9</v>
       </c>
       <c r="E86" t="s">
         <v>10</v>
       </c>
       <c r="F86" t="s">
         <v>188</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6">
+      <c r="A87" t="s">
+        <v>189</v>
+      </c>
+      <c r="B87" t="s">
+        <v>169</v>
+      </c>
+      <c r="C87" t="s">
+        <v>32</v>
+      </c>
+      <c r="D87" t="s">
+        <v>9</v>
+      </c>
+      <c r="E87" t="s">
+        <v>10</v>
+      </c>
+      <c r="F87" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6">
+      <c r="A88" t="s">
+        <v>191</v>
+      </c>
+      <c r="B88" t="s">
+        <v>192</v>
+      </c>
+      <c r="C88" t="s">
+        <v>48</v>
+      </c>
+      <c r="D88" t="s">
+        <v>9</v>
+      </c>
+      <c r="E88" t="s">
+        <v>10</v>
+      </c>
+      <c r="F88" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6">
+      <c r="A89" t="s">
+        <v>194</v>
+      </c>
+      <c r="B89" t="s">
+        <v>192</v>
+      </c>
+      <c r="C89" t="s">
+        <v>50</v>
+      </c>
+      <c r="D89" t="s">
+        <v>9</v>
+      </c>
+      <c r="E89" t="s">
+        <v>10</v>
+      </c>
+      <c r="F89" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6">
+      <c r="A90" t="s">
+        <v>196</v>
+      </c>
+      <c r="B90" t="s">
+        <v>192</v>
+      </c>
+      <c r="C90" t="s">
+        <v>8</v>
+      </c>
+      <c r="D90" t="s">
+        <v>9</v>
+      </c>
+      <c r="E90" t="s">
+        <v>10</v>
+      </c>
+      <c r="F90" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6">
+      <c r="A91" t="s">
+        <v>198</v>
+      </c>
+      <c r="B91" t="s">
+        <v>192</v>
+      </c>
+      <c r="C91" t="s">
+        <v>13</v>
+      </c>
+      <c r="D91" t="s">
+        <v>9</v>
+      </c>
+      <c r="E91" t="s">
+        <v>10</v>
+      </c>
+      <c r="F91" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6">
+      <c r="A92" t="s">
+        <v>200</v>
+      </c>
+      <c r="B92" t="s">
+        <v>192</v>
+      </c>
+      <c r="C92" t="s">
+        <v>16</v>
+      </c>
+      <c r="D92" t="s">
+        <v>9</v>
+      </c>
+      <c r="E92" t="s">
+        <v>10</v>
+      </c>
+      <c r="F92" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6">
+      <c r="A93" t="s">
+        <v>202</v>
+      </c>
+      <c r="B93" t="s">
+        <v>192</v>
+      </c>
+      <c r="C93" t="s">
+        <v>19</v>
+      </c>
+      <c r="D93" t="s">
+        <v>9</v>
+      </c>
+      <c r="E93" t="s">
+        <v>10</v>
+      </c>
+      <c r="F93" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6">
+      <c r="A94" t="s">
+        <v>204</v>
+      </c>
+      <c r="B94" t="s">
+        <v>192</v>
+      </c>
+      <c r="C94" t="s">
+        <v>21</v>
+      </c>
+      <c r="D94" t="s">
+        <v>9</v>
+      </c>
+      <c r="E94" t="s">
+        <v>10</v>
+      </c>
+      <c r="F94" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6">
+      <c r="A95" t="s">
+        <v>206</v>
+      </c>
+      <c r="B95" t="s">
+        <v>192</v>
+      </c>
+      <c r="C95" t="s">
+        <v>24</v>
+      </c>
+      <c r="D95" t="s">
+        <v>9</v>
+      </c>
+      <c r="E95" t="s">
+        <v>10</v>
+      </c>
+      <c r="F95" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6">
+      <c r="A96" t="s">
+        <v>208</v>
+      </c>
+      <c r="B96" t="s">
+        <v>192</v>
+      </c>
+      <c r="C96" t="s">
+        <v>27</v>
+      </c>
+      <c r="D96" t="s">
+        <v>9</v>
+      </c>
+      <c r="E96" t="s">
+        <v>10</v>
+      </c>
+      <c r="F96" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6">
+      <c r="A97" t="s">
+        <v>210</v>
+      </c>
+      <c r="B97" t="s">
+        <v>192</v>
+      </c>
+      <c r="C97" t="s">
+        <v>30</v>
+      </c>
+      <c r="D97" t="s">
+        <v>9</v>
+      </c>
+      <c r="E97" t="s">
+        <v>10</v>
+      </c>
+      <c r="F97" t="s">
+        <v>211</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>