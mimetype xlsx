--- v0 (2025-12-08)
+++ v1 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="510" uniqueCount="226">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="576" uniqueCount="249">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
@@ -697,50 +697,143 @@
     <t>HOMOLOGAÇÃO E AUTORIZAÇÃO - Contratação de empresa especializada na prestação de serviços de transporte intermunicipal de passageiros, com fornecimento de veículo devidamente licenciado, motorista habilitado, combustível e todas as demais condições necessárias para a execução dos serviços.</t>
   </si>
   <si>
     <t>3740</t>
   </si>
   <si>
     <t>Aviso de Contratação Direta - Aquisição de 3 (três) inscrições nominais para vereadores no 145º Seminário Brasileiro – Prefeitas, Prefeitos, Vereadoras e Vereadores, Secretários, Assessores, Procuradores Jurídicos e Controladores Internos, presencial, em 13–14/11/2025, na cidade de Belo Horizonte/MG, promovido pelo Instituto Nacional Tiradentes Ltda (CNPJ 54.805.154/0001-80)</t>
   </si>
   <si>
     <t>3741</t>
   </si>
   <si>
     <t>Aviso de Contratação Direta - Aquisição de 1 (uma) inscrição individual destinada à participação de técnica contábil desta Câmara Municipal no evento “CNCP 2025 – Conferência Nacional de Contabilidade Pública”, a realizar-se em 18 e 19 de novembro de 2025, em Aracaju/SE, promovido pelo Conselho Federal de Contabilidade (CFC) em parceria com a Academia Sergipana de Ciências Contábeis (ASCC).</t>
   </si>
   <si>
     <t>3754</t>
   </si>
   <si>
     <t>AVISO DE CONTRATAÇÃO DIRETA - Dispensa de Licitação nº 19/2025 - Contratação de pessoa física ou jurídica para prestação de serviços presenciais e contínuos de limpeza e copeiragem nas dependências da Câmara Municipal de Bom Jardim de Minas – MG, abrangendo áreas administrativas, gabinetes, plenário, banheiros, copa e demais espaços de uso institucional, para cobrir o período de férias da servidora efetiva responsável pelo setor</t>
   </si>
   <si>
     <t>3775</t>
   </si>
   <si>
     <t>AVISO DE CONTRATAÇÃO DIRETA - Contratação de empresa(s) especializada(s), dividida em 4 (quatro) lotes, para prestação de serviços e fornecimento de bens destinados à realização de dois eventos institucionais promovidos pela Câmara Municipal de Bom Jardim de Minas, a saber: Sessão Solene de Entrega de Títulos, com data prevista para 22 de dezembro, e Cerimônia de Premiação "Aluno Nota 10", com data prevista para 16 de dezembro.</t>
+  </si>
+  <si>
+    <t>3806</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA - DISPENSA ELETRÔNICA Nº 21/2025- PROCESSO ADMINISTRATIVO N°31/2025 - Contratação de serviços para disponibilização de sistema digital como meio de realização de licitação eletrônica para uso da Câmara Municipal de Bom Jardim de Minas, conforme condições e exigências estabelecidas no Termo de Referência e demais anexos</t>
+  </si>
+  <si>
+    <t>3807</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA - DISPENSA ELETRÔNICA Nº 22/2025- PROCESSO ADMINISTRATIVO N°32/2025 - Aquisição, com entrega única, de bens permanentes (equipamentos de informática, eletrodomésticos e mobiliário) para atendimento às necessidades operacionais da Câmara Municipal de Bom Jardim de Minas.</t>
+  </si>
+  <si>
+    <t>3853</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA - Dispensa de Licitação nº 01/2026 - CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA EXECUÇÃO DE SERVIÇOS DE PINTURA NA ÁREA INTERNA DO PLENÁRIO, BEM COMO HALL DE ENTRADA E GRADES DA FAIXADA DESTA CÂMARA MUNICIPAL, INCLUINDO O FORNECIMENTO DE TODOS OS MATERIAIS NECESSÁRIOS, VISANDO À MANUTENÇÃO PREVENTIVA E CORRETIVA, CONSERVAÇÃO DO PATRIMÔNIO PÚBLICO E ADEQUADA APRESENTAÇÃO INSTITUCIONAL</t>
+  </si>
+  <si>
+    <t>3874</t>
+  </si>
+  <si>
+    <t>Contratação de assessoria jurídica especializada em contratações públicas, de natureza consultiva e não vinculante, destinada à Câmara Municipal, para prestar suporte técnico-jurídico contínuo nas fases de planejamento, execução e acompanhamento dos procedimentos licitatórios e contratações diretas</t>
+  </si>
+  <si>
+    <t>3892</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA_x000D_
+DISPENSA ELETRÔNICA Nº 02/2026- PROCESSO ADMINISTRATIVO N°03/2026_x000D_
+_x000D_
+Confecção e fornecimento de 02 (dois) tapetes personalizados em vinil vulcanizado, com aplicação da logomarca/identidade visual oficial da Câmara Municipal de Bom Jardim de Minas, destinados ao uso institucional em áreas internas de circulação da sede do poder legislativo, incluindo produção, acabamento e entrega.</t>
+  </si>
+  <si>
+    <t>3893</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA_x000D_
+DISPENSA ELETRÔNICA Nº 03/2026 - PROCESSO ADMINISTRATIVO N°04/2026_x000D_
+_x000D_
+Aquisição e instalação de persianas verticais, destinadas aos ambientes internos da Câmara Municipal de Bom Jardim de Minas, conforme quantitativos, dimensões e especificações técnicas definidas pela Administração.</t>
+  </si>
+  <si>
+    <t>3894</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA_x000D_
+DISPENSA ELETRÔNICA Nº 04/2026 - PROCESSO ADMINISTRATIVO N°05/2026_x000D_
+_x000D_
+FORNECIMENTO, INSTALAÇÃO E CONFIGURAÇÃO DE SISTEMA DE VIDEOMONITORAMENTO (CFTV), COM A FINALIDADE DE REFORÇAR A SEGURANÇA NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL, CONFORME QUANTITATIVOS E ESPECIFICAÇÕES TÉCNICAS DEFINIDAS PELA ADMINISTRAÇÃO.</t>
+  </si>
+  <si>
+    <t>3896</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA_x000D_
+Dispensa de Licitação nº 05/2026_x000D_
+_x000D_
+CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃO DE SERVIÇOS DE ASSESSORAMENTO E CONSULTORIA EM SEGURANÇA E SAÚDE DO TRABALHO (SST) À CÂMARA MUNICIPAL DE BOM JARDIM DE MINAS, VISANDO AO CUMPRIMENTO DAS OBRIGAÇÕES DO ESOCIAL SST, COM A TRANSMISSÃO DOS EVENTOS S-2210, S-2220 E S-2240, CONFORME DECRETO Nº 8.373/2014 (GRUPO 04).</t>
+  </si>
+  <si>
+    <t>3911</t>
+  </si>
+  <si>
+    <t>PROCESSO LICITATÓRIO N° 07/2026_x000D_
+INEXIGIBILIDADE N° 02/2026_x000D_
+CREDENCIAMENTO N° 01/2026_x000D_
+_x000D_
+OBJETO: CREDENCIAMENTO DE EMPRESAS ESPECIALIZADAS NA PRESTAÇÃO DE SERVIÇOS DE TRANSPORTE INTERMUNICIPAL DE PASSAGEIROS, COM FORNECIMENTO DE VEÍCULOS DEVIDAMENTE LICENCIADOS, MOTORISTAS HABILITADOS, COMBUSTÍVEL E TODAS AS DEMAIS CONDIÇÕES NECESSÁRIAS PARA A EXECUÇÃO DOS SERVIÇOS.</t>
+  </si>
+  <si>
+    <t>3925</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA_x000D_
+PROCESSO ADMINISTRATIVO N°08/2026_x000D_
+DISPENSA DE LICITAÇÃO Nº 06/2026_x000D_
+_x000D_
+CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇOS DE APOIO TÉCNICO-PEDAGÓGICO E METODOLÓGICO PARA PLANEJAMENTO, ACOMPANHAMENTO E EXECUÇÃO DA ETAPA MUNICIPAL DO PARLAMENTO JOVEM 2026, NO ÂMBITO DA ESCOLA DO LEGISLATIVO DA CÂMARA MUNICIPAL DE BOM JARDIM DE MINAS, conforme exigências constantes do Termo de Referência</t>
+  </si>
+  <si>
+    <t>3926</t>
+  </si>
+  <si>
+    <t>AVISO DE CONTRATAÇÃO DIRETA_x000D_
+PROCESSO ADMINISTRATIVO N°09/2026_x000D_
+DISPENSA ELETRÔNICA Nº 07/2026_x000D_
+_x000D_
+OBJETO: CONTRATAÇÃO DE SOLUÇÃO INTEGRADA DE COMUNICAÇÃO CORPORATIVA E ATENDIMENTO DIGITAL AUTOMATIZADO, POR MEIO DE SERVIÇO DE TELEFONIA EM NUVEM, INCLUINDO FORNECIMENTO, IMPLANTAÇÃO, SUPORTE TÉCNICO E OPERAÇÃO.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1032,51 +1125,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F85"/>
+  <dimension ref="A1:F96"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -2743,50 +2836,270 @@
       <c r="E84" t="s">
         <v>10</v>
       </c>
       <c r="F84" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
         <v>224</v>
       </c>
       <c r="B85" t="s">
         <v>168</v>
       </c>
       <c r="C85" t="s">
         <v>117</v>
       </c>
       <c r="D85" t="s">
         <v>9</v>
       </c>
       <c r="E85" t="s">
         <v>10</v>
       </c>
       <c r="F85" t="s">
         <v>225</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6">
+      <c r="A86" t="s">
+        <v>226</v>
+      </c>
+      <c r="B86" t="s">
+        <v>168</v>
+      </c>
+      <c r="C86" t="s">
+        <v>120</v>
+      </c>
+      <c r="D86" t="s">
+        <v>9</v>
+      </c>
+      <c r="E86" t="s">
+        <v>10</v>
+      </c>
+      <c r="F86" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6">
+      <c r="A87" t="s">
+        <v>228</v>
+      </c>
+      <c r="B87" t="s">
+        <v>168</v>
+      </c>
+      <c r="C87" t="s">
+        <v>123</v>
+      </c>
+      <c r="D87" t="s">
+        <v>9</v>
+      </c>
+      <c r="E87" t="s">
+        <v>10</v>
+      </c>
+      <c r="F87" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6">
+      <c r="A88" t="s">
+        <v>230</v>
+      </c>
+      <c r="B88" t="s">
+        <v>231</v>
+      </c>
+      <c r="C88" t="s">
+        <v>8</v>
+      </c>
+      <c r="D88" t="s">
+        <v>9</v>
+      </c>
+      <c r="E88" t="s">
+        <v>10</v>
+      </c>
+      <c r="F88" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6">
+      <c r="A89" t="s">
+        <v>233</v>
+      </c>
+      <c r="B89" t="s">
+        <v>231</v>
+      </c>
+      <c r="C89" t="s">
+        <v>13</v>
+      </c>
+      <c r="D89" t="s">
+        <v>9</v>
+      </c>
+      <c r="E89" t="s">
+        <v>10</v>
+      </c>
+      <c r="F89" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6">
+      <c r="A90" t="s">
+        <v>235</v>
+      </c>
+      <c r="B90" t="s">
+        <v>231</v>
+      </c>
+      <c r="C90" t="s">
+        <v>16</v>
+      </c>
+      <c r="D90" t="s">
+        <v>9</v>
+      </c>
+      <c r="E90" t="s">
+        <v>10</v>
+      </c>
+      <c r="F90" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6">
+      <c r="A91" t="s">
+        <v>237</v>
+      </c>
+      <c r="B91" t="s">
+        <v>231</v>
+      </c>
+      <c r="C91" t="s">
+        <v>19</v>
+      </c>
+      <c r="D91" t="s">
+        <v>9</v>
+      </c>
+      <c r="E91" t="s">
+        <v>10</v>
+      </c>
+      <c r="F91" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6">
+      <c r="A92" t="s">
+        <v>239</v>
+      </c>
+      <c r="B92" t="s">
+        <v>231</v>
+      </c>
+      <c r="C92" t="s">
+        <v>22</v>
+      </c>
+      <c r="D92" t="s">
+        <v>9</v>
+      </c>
+      <c r="E92" t="s">
+        <v>10</v>
+      </c>
+      <c r="F92" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6">
+      <c r="A93" t="s">
+        <v>241</v>
+      </c>
+      <c r="B93" t="s">
+        <v>231</v>
+      </c>
+      <c r="C93" t="s">
+        <v>25</v>
+      </c>
+      <c r="D93" t="s">
+        <v>9</v>
+      </c>
+      <c r="E93" t="s">
+        <v>10</v>
+      </c>
+      <c r="F93" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6">
+      <c r="A94" t="s">
+        <v>243</v>
+      </c>
+      <c r="B94" t="s">
+        <v>231</v>
+      </c>
+      <c r="C94" t="s">
+        <v>28</v>
+      </c>
+      <c r="D94" t="s">
+        <v>9</v>
+      </c>
+      <c r="E94" t="s">
+        <v>10</v>
+      </c>
+      <c r="F94" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6">
+      <c r="A95" t="s">
+        <v>245</v>
+      </c>
+      <c r="B95" t="s">
+        <v>231</v>
+      </c>
+      <c r="C95" t="s">
+        <v>49</v>
+      </c>
+      <c r="D95" t="s">
+        <v>9</v>
+      </c>
+      <c r="E95" t="s">
+        <v>10</v>
+      </c>
+      <c r="F95" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6">
+      <c r="A96" t="s">
+        <v>247</v>
+      </c>
+      <c r="B96" t="s">
+        <v>231</v>
+      </c>
+      <c r="C96" t="s">
+        <v>52</v>
+      </c>
+      <c r="D96" t="s">
+        <v>9</v>
+      </c>
+      <c r="E96" t="s">
+        <v>10</v>
+      </c>
+      <c r="F96" t="s">
+        <v>248</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>